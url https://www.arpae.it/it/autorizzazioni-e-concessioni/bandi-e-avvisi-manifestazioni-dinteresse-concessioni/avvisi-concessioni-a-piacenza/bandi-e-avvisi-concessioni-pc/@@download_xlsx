--- v0 (2025-10-29)
+++ v1 (2025-11-19)
@@ -59,183 +59,183 @@
   <si>
     <t>pubblicazione_concessione</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>22/11/2025 23:30</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>Bando aperto &amp;ndash; Procedura in corso</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Avviso di rilascio alla societa’ Juwi energie rinnovabili s.r.l. dell’autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto agrivoltaico denominato "Lampugnana 2" di potenza nominale pari a 7,4 mwp sito nel comune di Rottofreno (Pc)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-autorizzazione-juwi-costruzione-esercizio-agrivoltaico-lampugnana2-rottofreno-pc</t>
   </si>
   <si>
+    <t>27/08/2025</t>
+  </si>
+  <si>
+    <t>25/09/2025 23:30</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>Pubblicazione ai sensi della L.R. 14 aprile 2004 n. 7 di attraversamento aree demaniali del Rio Corniola mediante n. 2 cavidotti nell’ambito della realizzazione di nuovo impianto fotovoltaico a terra e relative opere di connessione alla rete elettrica. Procedimento PC25T0038</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/pubblicazione-ai-sensi-della-l-r-14-aprile-2004-n-7-di-attraversamento-aree-demaniali-del-rio-corniola-mediante-n-2-cavidotti-nell2019ambito-della-realizzazione-di-nuovo-impianto-fotovoltaico-a-terra-e-relative-opere-di-connessione-alla-rete-elettrica</t>
+  </si>
+  <si>
+    <t>09/10/2024</t>
+  </si>
+  <si>
+    <t>09/11/2024 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio a Snam Rete Gas dell'autorizzazione alla costruzione ed esercizio del metanodotto Allacciamento Biometano AGT - Allacciamento comune di Gazzola" a Gragnano Trebbiense (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-rilascio-a-snam-rete-gas-dellautorizzazione-alla-costruzione-ed-esercizio-del-metanodotto-allacciamento-biometano-agt-allacciamento-comune-di-gazzola-a-gragnano-trebbiense-pc</t>
+  </si>
+  <si>
+    <t>11/09/2024</t>
+  </si>
+  <si>
+    <t>11/10/2024 23:30</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio alla Chiron Energy spv 30 s.r.l. dell’autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto fotovoltaico a terra di potenza nominale pari a 3,931 MWp sito nel comune di Vigolzone (Pc) - strada vicinale Crocetta</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-rilascio-alla-chiron-energy-spv-30-s-r-l-dell2019autorizzazione-unica-art-12-del-d-lgs-387-2003-per-la-costruzione-e-l2019esercizio-dell2019impianto-fotovoltaico-a-terra-di-potenza-nominale-pari-a-3-931-mwp-sito-nel-comune-di-vigolzone-pc-strada</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>31/08/2024 23:30</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio a Snam Rete Gas autorizzazione alla costruzione ed esercizio del Metanodotto denominato “Allacciamento Emiliana Agroenergia Soc. Agricola Biometano DN 100 (4”) - 75 bar” a Besenzone (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-rilascio-a-snam-rete-gas-autorizzazione-costruzione-esercizio-metanodotto-allacciamento-emiliana-agroenergia-soc-agricola-biometano-a-besenzone-pc</t>
+  </si>
+  <si>
+    <t>17/01/2024</t>
+  </si>
+  <si>
+    <t>17/02/2024 08:00</t>
+  </si>
+  <si>
+    <t>Avviso di deposito dell'istanza per il rilascio dell’autorizzazione unica ex art. 12 d. lgs. 387/2003 – per la costruzione e l’esercizio dell’impianto fotovoltaico a terra di potenza nominale pari a 4,1 MWP sito in località Fornace Bruso del Comune di Borgonovo Val Tidone (Pc) - società Juwi Development 10 s.r.l.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-deposito-dellistanza-per-il-rilascio-dell-autorizzazione-unica-ex-art-12-d-lgs-387-2003-2013-per-la-costruzione-esercizio-impianto-fotovoltaico-a-terra-di-potenza-nominale-4-1-mwp-sito-in-localita-fornace-bruso-borgonuovo-pc-juwisrl</t>
+  </si>
+  <si>
+    <t>03/01/2024</t>
+  </si>
+  <si>
+    <t>03/02/2024 23:30</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio alla società Snam dell'autorizzazione alla costruzione ed esercizio del metanodotto di Cortemaggiore (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/costruzione-ed-esercizio-del-metanodotto-di-cortemaggiore-pc</t>
+  </si>
+  <si>
+    <t>27/09/2023</t>
+  </si>
+  <si>
+    <t>27/10/2023 23:30</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio ad E-Distribuzione S.p.a. dell’autorizzazione ex art. 3 l.r. 10/1993, “alla costruzione di nuova linea elettrica interrata mt a 15 kv per richiusura tra la cabina esistente n. 737947 corpo f e la cabina esistente n. 140031 lotto r” in comune di Castel San Giovanni (PC) - rif. aut 2464472 - ut/35710/637”</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-e-distribuzione-autorizzazione-costruzione-nuova-linea-elettrica-castel-san-giovanni-pc</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio ad E-Distribuzione s.p.a. dell’autorizzazione ex art. 3 l.r. 10/1993, “alla costruzione di nuova linea elettrica interrata mt a 15 kv e di due campate aeree per sostituzione linea aerea obsoleta” in comune di Borgonovo Val Tidone (PC) - rif. aut 249808 - ut/35710/641”</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-edistribuzione-atuorizzazione-costruzione-nuova-linea-elettrica-in-borgonovo-val-tidone-pc</t>
+  </si>
+  <si>
+    <t>21/06/2023</t>
+  </si>
+  <si>
+    <t>01/08/2023 00:00</t>
+  </si>
+  <si>
+    <t>Avviso di deposito rilascio autorizzazione nuova linea elettrica per allaccio nuova cabina cliente loc. La Secca in comune di Monticelli d'Ongina (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-autorizzazione-allaccio-nuova-cabinamonticelli-dongina</t>
+  </si>
+  <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>24/10/2025 13:00</t>
   </si>
   <si>
     <t>31/10/2025</t>
   </si>
   <si>
+    <t>Procedura conclusa</t>
+  </si>
+  <si>
     <t>Avviso di rilascio alla società Juwi Development 24 s.r.l. (subentrante alla società Juwi Energie Rinnovabili s.r.l.) della determinazione di conclusione negativa della conferenza di servizi decisoria relativa all’istanza di autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto fotovoltaico a terra e delle relative opere di connessione, di potenza nominale pari a 5,00 mwp denominato “Lampugnana 1” sito nel comune di Rottofreno (Pc)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/rilascio-juwi-development-conclusione-negativa-conf-servizi-costruzione-fotovoltaico-lampugnana1-rottofreno</t>
   </si>
   <si>
-    <t>27/08/2025</t>
-[...106 lines deleted...]
-  <si>
     <t>13/08/2025</t>
   </si>
   <si>
     <t>13/09/2025 23:30</t>
   </si>
   <si>
     <t>20/09/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Procedura conclusa</t>
   </si>
   <si>
     <t>Avviso di rilascio alla societa’ Nepos energia s.r.l. dell’autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto fotovoltaico a terra di potenza nominale pari a 8,790 mw sito nel comune di Alseno (Pc)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-a-nepos-autorizzazione-costruzione-esercizio-fotovoltaico-a-terra-comune-alseno</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>
   <si>
     <t>18/07/2025 23:30</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>Avviso di nuovo deposito dell'istanza per il rilascio dell’autorizzazione unica ex art. 12 D. lgs. 387/2003 – per la costruzione e l’esercizio di un impianto fotovoltaico a terra di potenza nominale pari a 5,00 Mwp denominato “LAMPUGNANA 1” localizzato nel comune di ROTTOFRENO (PC) – SOCIETÀ JUWI DEVELOPMENT 24  S.R.L. subentrante alla società Juwi energie rinnovabili s.r.l.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-nuovo-deposito-dellistanza-per-il-rilascio-dell2019autorizzazione-unica-ex-art-12-d-lgs-387-2003-2013-per-la-costruzione-e-l2019esercizio-di-un-impianto-fotovoltaico-a-terra-di-potenza-nominale-pari-a-5-00-mwp-denominato-201clampugnana-1201d</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
@@ -927,782 +927,782 @@
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
         <v>35</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
         <v>39</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
         <v>43</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>54</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E13" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>61</v>
       </c>
       <c r="H13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
       <c r="C14" t="s">
         <v>64</v>
       </c>
       <c r="D14" t="s">
         <v>65</v>
       </c>
       <c r="E14" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
       <c r="H14" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>68</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="E15" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>71</v>
       </c>
       <c r="H15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>68</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>74</v>
       </c>
       <c r="H16" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" t="s">
         <v>77</v>
       </c>
       <c r="D17" t="s">
         <v>78</v>
       </c>
       <c r="E17" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>79</v>
       </c>
       <c r="H17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
       <c r="C18" t="s">
         <v>82</v>
       </c>
       <c r="D18" t="s">
         <v>83</v>
       </c>
       <c r="E18" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>84</v>
       </c>
       <c r="H18" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="s">
         <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>88</v>
       </c>
       <c r="E19" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>89</v>
       </c>
       <c r="H19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>86</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>88</v>
       </c>
       <c r="E20" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>92</v>
       </c>
       <c r="H20" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="C21" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D21" t="s">
         <v>94</v>
       </c>
       <c r="E21" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>95</v>
       </c>
       <c r="H21" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C22" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D22" t="s">
         <v>97</v>
       </c>
       <c r="E22" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>98</v>
       </c>
       <c r="H22" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D23" t="s">
         <v>97</v>
       </c>
       <c r="E23" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>100</v>
       </c>
       <c r="H23" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>102</v>
       </c>
       <c r="C24" t="s">
         <v>103</v>
       </c>
       <c r="D24" t="s">
         <v>104</v>
       </c>
       <c r="E24" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
       <c r="H24" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25" t="s">
         <v>108</v>
       </c>
       <c r="D25" t="s">
         <v>109</v>
       </c>
       <c r="E25" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>110</v>
       </c>
       <c r="H25" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>107</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
       <c r="D26" t="s">
         <v>113</v>
       </c>
       <c r="E26" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>114</v>
       </c>
       <c r="H26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>116</v>
       </c>
       <c r="C27" t="s">
         <v>117</v>
       </c>
       <c r="D27" t="s">
         <v>118</v>
       </c>
       <c r="E27" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>119</v>
       </c>
       <c r="H27" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
       <c r="C28" t="s">
         <v>121</v>
       </c>
       <c r="D28" t="s">
         <v>122</v>
       </c>
       <c r="E28" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>123</v>
       </c>
       <c r="H28" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>125</v>
       </c>
       <c r="C29" t="s">
         <v>126</v>
       </c>
       <c r="D29" t="s">
         <v>127</v>
       </c>
       <c r="E29" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>128</v>
       </c>
       <c r="H29" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>130</v>
       </c>
       <c r="C30" t="s">
         <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E30" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>132</v>
       </c>
       <c r="H30" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>134</v>
       </c>
       <c r="C31" t="s">
         <v>135</v>
       </c>
       <c r="D31" t="s">
         <v>136</v>
       </c>
       <c r="E31" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>137</v>
       </c>
       <c r="H31" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>139</v>
       </c>
       <c r="C32" t="s">
         <v>140</v>
       </c>
       <c r="D32" t="s">
         <v>141</v>
       </c>
       <c r="E32" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>142</v>
       </c>
       <c r="H32" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>144</v>
       </c>
       <c r="C33" t="s">
         <v>145</v>
       </c>
       <c r="D33" t="s">
         <v>146</v>
       </c>
       <c r="E33" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>147</v>
       </c>
       <c r="H33" t="s">
         <v>148</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">