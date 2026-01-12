--- v1 (2025-11-19)
+++ v2 (2026-01-12)
@@ -38,195 +38,195 @@
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>pubblicazione_concessione</t>
   </si>
   <si>
+    <t>09/10/2024</t>
+  </si>
+  <si>
+    <t>09/11/2024 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando aperto &amp;ndash; Procedura in corso</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio a Snam Rete Gas dell'autorizzazione alla costruzione ed esercizio del metanodotto Allacciamento Biometano AGT - Allacciamento comune di Gazzola" a Gragnano Trebbiense (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-rilascio-a-snam-rete-gas-dellautorizzazione-alla-costruzione-ed-esercizio-del-metanodotto-allacciamento-biometano-agt-allacciamento-comune-di-gazzola-a-gragnano-trebbiense-pc</t>
+  </si>
+  <si>
+    <t>11/09/2024</t>
+  </si>
+  <si>
+    <t>11/10/2024 23:30</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio alla Chiron Energy spv 30 s.r.l. dell’autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto fotovoltaico a terra di potenza nominale pari a 3,931 MWp sito nel comune di Vigolzone (Pc) - strada vicinale Crocetta</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-rilascio-alla-chiron-energy-spv-30-s-r-l-dell2019autorizzazione-unica-art-12-del-d-lgs-387-2003-per-la-costruzione-e-l2019esercizio-dell2019impianto-fotovoltaico-a-terra-di-potenza-nominale-pari-a-3-931-mwp-sito-nel-comune-di-vigolzone-pc-strada</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>31/08/2024 23:30</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio a Snam Rete Gas autorizzazione alla costruzione ed esercizio del Metanodotto denominato “Allacciamento Emiliana Agroenergia Soc. Agricola Biometano DN 100 (4”) - 75 bar” a Besenzone (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-rilascio-a-snam-rete-gas-autorizzazione-costruzione-esercizio-metanodotto-allacciamento-emiliana-agroenergia-soc-agricola-biometano-a-besenzone-pc</t>
+  </si>
+  <si>
+    <t>17/01/2024</t>
+  </si>
+  <si>
+    <t>17/02/2024 08:00</t>
+  </si>
+  <si>
+    <t>Avviso di deposito dell'istanza per il rilascio dell’autorizzazione unica ex art. 12 d. lgs. 387/2003 – per la costruzione e l’esercizio dell’impianto fotovoltaico a terra di potenza nominale pari a 4,1 MWP sito in località Fornace Bruso del Comune di Borgonovo Val Tidone (Pc) - società Juwi Development 10 s.r.l.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-deposito-dellistanza-per-il-rilascio-dell-autorizzazione-unica-ex-art-12-d-lgs-387-2003-2013-per-la-costruzione-esercizio-impianto-fotovoltaico-a-terra-di-potenza-nominale-4-1-mwp-sito-in-localita-fornace-bruso-borgonuovo-pc-juwisrl</t>
+  </si>
+  <si>
+    <t>03/01/2024</t>
+  </si>
+  <si>
+    <t>03/02/2024 23:30</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio alla società Snam dell'autorizzazione alla costruzione ed esercizio del metanodotto di Cortemaggiore (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/costruzione-ed-esercizio-del-metanodotto-di-cortemaggiore-pc</t>
+  </si>
+  <si>
+    <t>27/09/2023</t>
+  </si>
+  <si>
+    <t>27/10/2023 23:30</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio ad E-Distribuzione S.p.a. dell’autorizzazione ex art. 3 l.r. 10/1993, “alla costruzione di nuova linea elettrica interrata mt a 15 kv per richiusura tra la cabina esistente n. 737947 corpo f e la cabina esistente n. 140031 lotto r” in comune di Castel San Giovanni (PC) - rif. aut 2464472 - ut/35710/637”</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-e-distribuzione-autorizzazione-costruzione-nuova-linea-elettrica-castel-san-giovanni-pc</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio ad E-Distribuzione s.p.a. dell’autorizzazione ex art. 3 l.r. 10/1993, “alla costruzione di nuova linea elettrica interrata mt a 15 kv e di due campate aeree per sostituzione linea aerea obsoleta” in comune di Borgonovo Val Tidone (PC) - rif. aut 249808 - ut/35710/641”</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-edistribuzione-atuorizzazione-costruzione-nuova-linea-elettrica-in-borgonovo-val-tidone-pc</t>
+  </si>
+  <si>
+    <t>21/06/2023</t>
+  </si>
+  <si>
+    <t>01/08/2023 00:00</t>
+  </si>
+  <si>
+    <t>Avviso di deposito rilascio autorizzazione nuova linea elettrica per allaccio nuova cabina cliente loc. La Secca in comune di Monticelli d'Ongina (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-autorizzazione-allaccio-nuova-cabinamonticelli-dongina</t>
+  </si>
+  <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>22/11/2025 23:30</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
-    <t>Bando aperto &amp;ndash; Procedura in corso</t>
-[...2 lines deleted...]
-    <t>Non dovuto</t>
+    <t>Procedura conclusa</t>
   </si>
   <si>
     <t>Avviso di rilascio alla societa’ Juwi energie rinnovabili s.r.l. dell’autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto agrivoltaico denominato "Lampugnana 2" di potenza nominale pari a 7,4 mwp sito nel comune di Rottofreno (Pc)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-autorizzazione-juwi-costruzione-esercizio-agrivoltaico-lampugnana2-rottofreno-pc</t>
   </si>
   <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>24/10/2025 13:00</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Avviso di rilascio alla società Juwi Development 24 s.r.l. (subentrante alla società Juwi Energie Rinnovabili s.r.l.) della determinazione di conclusione negativa della conferenza di servizi decisoria relativa all’istanza di autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto fotovoltaico a terra e delle relative opere di connessione, di potenza nominale pari a 5,00 mwp denominato “Lampugnana 1” sito nel comune di Rottofreno (Pc)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/rilascio-juwi-development-conclusione-negativa-conf-servizi-costruzione-fotovoltaico-lampugnana1-rottofreno</t>
+  </si>
+  <si>
     <t>27/08/2025</t>
   </si>
   <si>
     <t>25/09/2025 23:30</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>Pubblicazione ai sensi della L.R. 14 aprile 2004 n. 7 di attraversamento aree demaniali del Rio Corniola mediante n. 2 cavidotti nell’ambito della realizzazione di nuovo impianto fotovoltaico a terra e relative opere di connessione alla rete elettrica. Procedimento PC25T0038</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/pubblicazione-ai-sensi-della-l-r-14-aprile-2004-n-7-di-attraversamento-aree-demaniali-del-rio-corniola-mediante-n-2-cavidotti-nell2019ambito-della-realizzazione-di-nuovo-impianto-fotovoltaico-a-terra-e-relative-opere-di-connessione-alla-rete-elettrica</t>
-  </si>
-[...109 lines deleted...]
-    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/rilascio-juwi-development-conclusione-negativa-conf-servizi-costruzione-fotovoltaico-lampugnana1-rottofreno</t>
   </si>
   <si>
     <t>13/08/2025</t>
   </si>
   <si>
     <t>13/09/2025 23:30</t>
   </si>
   <si>
     <t>20/09/2025</t>
   </si>
   <si>
     <t>Avviso di rilascio alla societa’ Nepos energia s.r.l. dell’autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto fotovoltaico a terra di potenza nominale pari a 8,790 mw sito nel comune di Alseno (Pc)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-rilascio-a-nepos-autorizzazione-costruzione-esercizio-fotovoltaico-a-terra-comune-alseno</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>
   <si>
     <t>18/07/2025 23:30</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
@@ -875,834 +875,834 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
       <c r="H10" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
       <c r="C11" t="s">
         <v>49</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>56</v>
       </c>
       <c r="H12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>58</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
       <c r="D13" t="s">
         <v>60</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>61</v>
       </c>
       <c r="H13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
       <c r="C14" t="s">
         <v>64</v>
       </c>
       <c r="D14" t="s">
         <v>65</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
       <c r="H14" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>68</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="E15" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>71</v>
       </c>
       <c r="H15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>68</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>74</v>
       </c>
       <c r="H16" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" t="s">
         <v>77</v>
       </c>
       <c r="D17" t="s">
         <v>78</v>
       </c>
       <c r="E17" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>79</v>
       </c>
       <c r="H17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
       <c r="C18" t="s">
         <v>82</v>
       </c>
       <c r="D18" t="s">
         <v>83</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>84</v>
       </c>
       <c r="H18" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="s">
         <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>88</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>89</v>
       </c>
       <c r="H19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>86</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>88</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>92</v>
       </c>
       <c r="H20" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="C21" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>94</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>95</v>
       </c>
       <c r="H21" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="C22" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D22" t="s">
         <v>97</v>
       </c>
       <c r="E22" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>98</v>
       </c>
       <c r="H22" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="C23" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D23" t="s">
         <v>97</v>
       </c>
       <c r="E23" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>100</v>
       </c>
       <c r="H23" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>102</v>
       </c>
       <c r="C24" t="s">
         <v>103</v>
       </c>
       <c r="D24" t="s">
         <v>104</v>
       </c>
       <c r="E24" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
       <c r="H24" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25" t="s">
         <v>108</v>
       </c>
       <c r="D25" t="s">
         <v>109</v>
       </c>
       <c r="E25" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>110</v>
       </c>
       <c r="H25" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>107</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
       <c r="D26" t="s">
         <v>113</v>
       </c>
       <c r="E26" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>114</v>
       </c>
       <c r="H26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>116</v>
       </c>
       <c r="C27" t="s">
         <v>117</v>
       </c>
       <c r="D27" t="s">
         <v>118</v>
       </c>
       <c r="E27" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>119</v>
       </c>
       <c r="H27" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
       <c r="C28" t="s">
         <v>121</v>
       </c>
       <c r="D28" t="s">
         <v>122</v>
       </c>
       <c r="E28" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>123</v>
       </c>
       <c r="H28" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>125</v>
       </c>
       <c r="C29" t="s">
         <v>126</v>
       </c>
       <c r="D29" t="s">
         <v>127</v>
       </c>
       <c r="E29" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>128</v>
       </c>
       <c r="H29" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>130</v>
       </c>
       <c r="C30" t="s">
         <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>132</v>
       </c>
       <c r="H30" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>134</v>
       </c>
       <c r="C31" t="s">
         <v>135</v>
       </c>
       <c r="D31" t="s">
         <v>136</v>
       </c>
       <c r="E31" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>137</v>
       </c>
       <c r="H31" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>139</v>
       </c>
       <c r="C32" t="s">
         <v>140</v>
       </c>
       <c r="D32" t="s">
         <v>141</v>
       </c>
       <c r="E32" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>142</v>
       </c>
       <c r="H32" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>144</v>
       </c>
       <c r="C33" t="s">
         <v>145</v>
       </c>
       <c r="D33" t="s">
         <v>146</v>
       </c>
       <c r="E33" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>147</v>
       </c>
       <c r="H33" t="s">
         <v>148</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">