--- v2 (2026-01-12)
+++ v3 (2026-02-01)
@@ -9,92 +9,107 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>pubblicazione_concessione</t>
   </si>
   <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026 23:30</t>
+  </si>
+  <si>
+    <t>26/04/2026</t>
+  </si>
+  <si>
+    <t>Bando aperto &amp;ndash; Procedura in corso</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Utilizzo dell'area demaniale del Colatore Riazza chiesta in concessione ad uso attraversamento con elettrodotto di connessione a fotovoltaico</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/utilizzo-dellarea-demaniale-del-colatore-riazza-chiesta-in-concessione-ad-uso-attraversamento-con-elettrodotto-di-connessione-a-fotovoltaico</t>
+  </si>
+  <si>
     <t>09/10/2024</t>
   </si>
   <si>
     <t>09/11/2024 23:30</t>
   </si>
   <si>
     <t>31/12/2100</t>
-  </si>
-[...4 lines deleted...]
-    <t>Non dovuto</t>
   </si>
   <si>
     <t>Avviso di rilascio a Snam Rete Gas dell'autorizzazione alla costruzione ed esercizio del metanodotto Allacciamento Biometano AGT - Allacciamento comune di Gazzola" a Gragnano Trebbiense (Pc)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-rilascio-a-snam-rete-gas-dellautorizzazione-alla-costruzione-ed-esercizio-del-metanodotto-allacciamento-biometano-agt-allacciamento-comune-di-gazzola-a-gragnano-trebbiense-pc</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>11/10/2024 23:30</t>
   </si>
   <si>
     <t>Avviso di rilascio alla Chiron Energy spv 30 s.r.l. dell’autorizzazione unica art. 12 del d. lgs. 387/2003 per la costruzione e l’esercizio dell’impianto fotovoltaico a terra di potenza nominale pari a 3,931 MWp sito nel comune di Vigolzone (Pc) - strada vicinale Crocetta</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-piacenza/avviso-di-rilascio-alla-chiron-energy-spv-30-s-r-l-dell2019autorizzazione-unica-art-12-del-d-lgs-387-2003-per-la-costruzione-e-l2019esercizio-dell2019impianto-fotovoltaico-a-terra-di-potenza-nominale-pari-a-3-931-mwp-sito-nel-comune-di-vigolzone-pc-strada</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>31/08/2024 23:30</t>
   </si>
@@ -794,51 +809,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="25"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="39"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="478"/>
     <col customWidth="1" max="8" min="8" width="397"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -875,839 +890,865 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" t="s">
         <v>38</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>49</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>51</v>
       </c>
       <c r="H11" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
       <c r="E12" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>56</v>
       </c>
       <c r="H12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>58</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
       <c r="D13" t="s">
         <v>60</v>
       </c>
       <c r="E13" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>61</v>
       </c>
       <c r="H13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
       <c r="C14" t="s">
         <v>64</v>
       </c>
       <c r="D14" t="s">
         <v>65</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
       <c r="H14" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>68</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>71</v>
       </c>
       <c r="H15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C16" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H16" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D17" t="s">
         <v>78</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>79</v>
       </c>
       <c r="H17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
       <c r="C18" t="s">
         <v>82</v>
       </c>
       <c r="D18" t="s">
         <v>83</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>84</v>
       </c>
       <c r="H18" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="s">
         <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>88</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>89</v>
       </c>
       <c r="H19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H20" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="C21" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H21" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C22" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D22" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E22" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H22" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C23" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D23" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="E23" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="H23" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" t="s">
+        <v>26</v>
+      </c>
+      <c r="D24" t="s">
         <v>102</v>
       </c>
-      <c r="C24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>105</v>
       </c>
       <c r="H24" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>107</v>
       </c>
       <c r="C25" t="s">
         <v>108</v>
       </c>
       <c r="D25" t="s">
         <v>109</v>
       </c>
       <c r="E25" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>110</v>
       </c>
       <c r="H25" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D26" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E26" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C27" t="s">
         <v>117</v>
       </c>
       <c r="D27" t="s">
         <v>118</v>
       </c>
       <c r="E27" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>119</v>
       </c>
       <c r="H27" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D28" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E28" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C29" t="s">
         <v>126</v>
       </c>
       <c r="D29" t="s">
         <v>127</v>
       </c>
       <c r="E29" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>128</v>
       </c>
       <c r="H29" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>130</v>
       </c>
       <c r="C30" t="s">
         <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>20</v>
+        <v>132</v>
       </c>
       <c r="E30" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H30" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C31" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D31" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="E31" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>137</v>
       </c>
       <c r="H31" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>139</v>
       </c>
       <c r="C32" t="s">
         <v>140</v>
       </c>
       <c r="D32" t="s">
         <v>141</v>
       </c>
       <c r="E32" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>142</v>
       </c>
       <c r="H32" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>144</v>
       </c>
       <c r="C33" t="s">
         <v>145</v>
       </c>
       <c r="D33" t="s">
         <v>146</v>
       </c>
       <c r="E33" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>147</v>
       </c>
       <c r="H33" t="s">
         <v>148</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" t="s">
+        <v>151</v>
+      </c>
+      <c r="E34" t="s">
+        <v>50</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>152</v>
+      </c>
+      <c r="H34" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>