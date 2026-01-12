--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -38,96 +38,96 @@
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>pubblicazione_concessione</t>
   </si>
   <si>
+    <t>16/07/2025</t>
+  </si>
+  <si>
+    <t>14/08/2025 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando aperto &amp;ndash; Procedura in corso</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Utilizzo aree demaniali del Rio Lucenta – Fosso di Ca’ Vecchia – Rio Barbarini – Rio Ca’ Pilato – Canale di Roteglia - Fosso di Canè - Fosso dei Laghi - Fosso di Valceresa e altri fossi minori chieste in concessione ad uso impianto fotovoltaico e attraversamento con elettrodotto. Procedimento n. RE25T0039</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-reggio-emilia/utilizzo-aree-demaniali-e-fossi-minori-chieste-concessione-uso-impianto-fotovoltaico-procedimento-re25t0039</t>
+  </si>
+  <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>29/10/2025 23:30</t>
   </si>
   <si>
     <t>29/12/2025</t>
   </si>
   <si>
-    <t>Bando aperto &amp;ndash; Procedura in corso</t>
-[...2 lines deleted...]
-    <t>Non dovuto</t>
+    <t>Procedura conclusa</t>
   </si>
   <si>
     <t>Pubblicazione ai sensi della L.R. 14 aprile 2004 n. 7 di utilizzo aree demaniali del  Rio dell’Oca e del Fosso Cà dei Miani chieste in concessione ad uso impianto attraversamento in sotterraneo dei corsi d’acqua per realizzazione di elettrodotto di connessione con impianto fotovoltaico e tubazioni di scarico acque. Procedimento n. RE25T0053</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-reggio-emilia/pubblicazione-ai-sensi-della-l-r-14-aprile-2004-n-7-di-utilizzo-aree-demaniali-rio-oca-fosso-ca-miani-chieste-in-concessione-ad-uso-attraversamento-con-elettrodotto-procedimento-n-re25t0053</t>
   </si>
   <si>
-    <t>16/07/2025</t>
-[...13 lines deleted...]
-  <si>
     <t>03/07/2025</t>
   </si>
   <si>
     <t>02/08/2025 23:30</t>
   </si>
   <si>
     <t>02/08/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Procedura conclusa</t>
   </si>
   <si>
     <t>Utilizzo aree demaniali del Rio Lucenta – Fosso di Ca’ Vecchia – Rio Barbarini – Rio Ca’ Pilato – Canale di Roteglia - Fosso di Canè - Fosso dei Laghi - Fosso di Valceresa e altri fossi minori chieste in concessione ad uso impianto fotovoltaico e attraversamento con elettrodotto. Procedimento n. RE25T0037</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-reggio-emilia/utilizzo-aree-demaniali-del-rio-lucenta-2013-fosso-di-ca2019-vecchia-2013-rio-barbarini-2013-rio-ca2019-pilato-2013-canale-di-roteglia-fosso-di-cane-fosso-dei-laghi-fosso-di-valceresa-e-altri-fossi-minori-chieste-in-concessione-ad-uso-impianto</t>
   </si>
   <si>
     <t>14/03/2025</t>
   </si>
   <si>
     <t>13/04/2025 23:30</t>
   </si>
   <si>
     <t>17/05/2025</t>
   </si>
   <si>
     <t>Pubblicazione ai sensi della L.R. 14 aprile 2004 n. 7 di utilizzo aree demaniali del Torrente Rodano e del Torrente Acqua Chiara chieste in concessione ad uso attraversamento con elettrodotto. Procedimento n. RE25T0017</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-reggio-emilia/pubblicazione-ai-sensi-della-l-r-14-aprile-2004-n-7-di-utilizzo-aree-demaniali-del-torrente-rodano-e-del-torrente-acqua-chiara-chieste-in-concessione-ad-uso-attraversamento-con-elettrodotto-procedimento-n-re25t0017</t>
   </si>
 </sst>
 </file>
 
@@ -527,103 +527,103 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">