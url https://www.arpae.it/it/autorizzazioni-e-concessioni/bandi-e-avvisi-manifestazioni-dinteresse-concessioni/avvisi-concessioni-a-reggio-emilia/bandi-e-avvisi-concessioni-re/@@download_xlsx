--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -9,92 +9,104 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>pubblicazione_concessione</t>
   </si>
   <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando aperto &amp;ndash; Procedura in corso</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Utilizzo aree demaniali della Fossa Bosco</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-reggio-emilia/utilizzo-aree-demaniali-della-fossa-bosco</t>
+  </si>
+  <si>
     <t>16/07/2025</t>
   </si>
   <si>
     <t>14/08/2025 23:30</t>
-  </si>
-[...7 lines deleted...]
-    <t>Non dovuto</t>
   </si>
   <si>
     <t>Utilizzo aree demaniali del Rio Lucenta – Fosso di Ca’ Vecchia – Rio Barbarini – Rio Ca’ Pilato – Canale di Roteglia - Fosso di Canè - Fosso dei Laghi - Fosso di Valceresa e altri fossi minori chieste in concessione ad uso impianto fotovoltaico e attraversamento con elettrodotto. Procedimento n. RE25T0039</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-reggio-emilia/utilizzo-aree-demaniali-e-fossi-minori-chieste-concessione-uso-impianto-fotovoltaico-procedimento-re25t0039</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>29/10/2025 23:30</t>
   </si>
   <si>
     <t>29/12/2025</t>
   </si>
   <si>
     <t>Procedura conclusa</t>
   </si>
   <si>
     <t>Pubblicazione ai sensi della L.R. 14 aprile 2004 n. 7 di utilizzo aree demaniali del  Rio dell’Oca e del Fosso Cà dei Miani chieste in concessione ad uso impianto attraversamento in sotterraneo dei corsi d’acqua per realizzazione di elettrodotto di connessione con impianto fotovoltaico e tubazioni di scarico acque. Procedimento n. RE25T0053</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-reggio-emilia/pubblicazione-ai-sensi-della-l-r-14-aprile-2004-n-7-di-utilizzo-aree-demaniali-rio-oca-fosso-ca-miani-chieste-in-concessione-ad-uso-attraversamento-con-elettrodotto-procedimento-n-re25t0053</t>
   </si>
@@ -443,51 +455,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="25"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="39"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="342"/>
     <col customWidth="1" max="8" min="8" width="384"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -524,111 +536,137 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
         <v>30</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>