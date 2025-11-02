--- v0 (2025-10-02)
+++ v1 (2025-11-02)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Concorsi pubblici</t>
   </si>
   <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando aperto</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>30/05/2025 23:30</t>
   </si>
   <si>
     <t>16/07/2025</t>
   </si>
   <si>
     <t>Graduatorie ed elenchi approvati</t>
-  </si>
-[...1 lines deleted...]
-    <t>Non dovuto</t>
   </si>
   <si>
     <t>Selezione pubblica, per esame, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore amministrativo professionale del CCNL comparto Sanità, da assegnare al Servizio Risorse Umane (Unità Trattamento Economico e Previdenziale)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esame-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-amministrativo-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>28/02/2025 23:30</t>
   </si>
   <si>
     <t>27/03/2025</t>
   </si>
   <si>
     <t>Selezione pubblica, per titoli e colloquio, per l'assunzione a tempo determinato nella qualifica dirigenziale, ai sensi dell'art. 18 della L.R. n. 43/2001, per la copertura della posizione dirigenziale di Direttore Amministrativo</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-titoli-e-colloquio-per-lassunzione-a-tempo-determinato-nella-qualifica-dirigenziale-ai-sensi-dellart-18-della-l-r-n-43-2001-per-la-copertura-della-posizione-dirigenziale-di-direttore-amministrativo</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
@@ -458,51 +476,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="17"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="32"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="355"/>
     <col customWidth="1" max="8" min="8" width="301"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -542,134 +560,160 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>