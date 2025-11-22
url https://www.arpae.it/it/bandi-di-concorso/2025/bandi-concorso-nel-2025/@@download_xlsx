--- v1 (2025-11-02)
+++ v2 (2025-11-22)
@@ -9,98 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Concorsi pubblici</t>
   </si>
   <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando aperto</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche, da assegnare alle sedi di Piacenza e Parma</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
+  </si>
+  <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>07/11/2025 23:30</t>
   </si>
   <si>
-    <t>31/12/2100</t>
-[...5 lines deleted...]
-    <t>Non dovuto</t>
+    <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025 23:30</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>30/05/2025 23:30</t>
   </si>
   <si>
     <t>16/07/2025</t>
   </si>
   <si>
     <t>Graduatorie ed elenchi approvati</t>
   </si>
   <si>
     <t>Selezione pubblica, per esame, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore amministrativo professionale del CCNL comparto Sanità, da assegnare al Servizio Risorse Umane (Unità Trattamento Economico e Previdenziale)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esame-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-amministrativo-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>28/02/2025 23:30</t>
   </si>
@@ -476,66 +509,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="17"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="32"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="355"/>
-    <col customWidth="1" max="8" min="8" width="301"/>
+    <col customWidth="1" max="8" min="8" width="302"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -551,169 +584,247 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>41</v>
       </c>
-      <c r="H7" t="s">
+      <c r="H8" t="s">
         <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" t="s">
+        <v>30</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>