--- v2 (2025-11-22)
+++ v3 (2025-12-12)
@@ -9,106 +9,121 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Concorsi pubblici</t>
   </si>
   <si>
     <t>19/11/2025</t>
   </si>
   <si>
     <t>19/12/2025 23:30</t>
   </si>
   <si>
     <t>31/12/2100</t>
   </si>
   <si>
     <t>Bando aperto</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
   </si>
   <si>
-    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche, da assegnare alle sedi di Piacenza e Parma</t>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
   </si>
   <si>
+    <t>Mobilità esterna</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025 23:30</t>
+  </si>
+  <si>
+    <t>Mobilità volontaria tra Enti, mediante selezione per esame, ai sensi dell'art. 30, D. Lgs. n. 165/2001, per la copertura di n. 1 posto dell'Area dei professionisti della salute e dei funzionari (ex cat. D/DS), ruolo sanitario o tecnico, del CCNL comparto Sanità, presso l’Area Prevenzione Ambientale Est, sede di Rimini</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/mobilita-volontaria-tra-enti-mediante-selezione-per-esame-ai-sensi-dellart-30-d-lgs-n-165-2001-per-la-copertura-di-n-1-posto-dellarea-dei-professionisti-della-salute-e-dei-funzionari-ex-cat-d-ds-ruolo-sanitario-o-tecnico-del-ccnl-comparto-sanita-presso</t>
+  </si>
+  <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>07/11/2025 23:30</t>
   </si>
   <si>
     <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>30/10/2025 23:30</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
@@ -138,53 +153,50 @@
     <t>28/02/2025 23:30</t>
   </si>
   <si>
     <t>27/03/2025</t>
   </si>
   <si>
     <t>Selezione pubblica, per titoli e colloquio, per l'assunzione a tempo determinato nella qualifica dirigenziale, ai sensi dell'art. 18 della L.R. n. 43/2001, per la copertura della posizione dirigenziale di Direttore Amministrativo</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-titoli-e-colloquio-per-lassunzione-a-tempo-determinato-nella-qualifica-dirigenziale-ai-sensi-dellart-18-della-l-r-n-43-2001-per-la-copertura-della-posizione-dirigenziale-di-direttore-amministrativo</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>14/03/2025 23:30</t>
   </si>
   <si>
     <t>10/07/2025</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di laurea in ingegneria civile e ambientale.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mobilità esterna</t>
   </si>
   <si>
     <t>06/05/2025</t>
   </si>
   <si>
     <t>05/06/2025 23:30</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>Mobilità volontaria tra enti, ai sensi dell'art. 30, D. Lgs. n. 165/2001, per la copertura di n. 3 posti dell'Area dei professionisti della salute e dei funzionari (ex cat. D/DS), ruolo tecnico, del CCNL comparto Sanità, presso la Struttura IdroMeteoClima e il Servizio Sistemi Informativi e Innovazione Digitale</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/mobilita-volontaria-tra-enti-ai-sensi-dellart-30-d-lgs-n-165-2001-per-la-copertura-di-n-3-posti-dellarea-dei-professionisti-della-salute-e-dei-funzionari-ex-cat-d-ds-ruolo-tecnico-del-ccnl-comparto-sanita-presso-la-struttura-idrometeoclima-e-il-servizio</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>23/04/2025 23:30</t>
   </si>
   <si>
     <t>29/05/2025</t>
   </si>
@@ -509,51 +521,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="17"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="32"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="355"/>
     <col customWidth="1" max="8" min="8" width="302"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -607,224 +619,250 @@
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>30</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>34</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>43</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>44</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>45</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>46</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" t="s">
         <v>49</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>50</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>51</v>
       </c>
-      <c r="E10" t="s">
-[...5 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>52</v>
       </c>
-      <c r="H10" t="s">
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
         <v>53</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>