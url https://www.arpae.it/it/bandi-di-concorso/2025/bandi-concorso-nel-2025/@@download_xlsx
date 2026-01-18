--- v3 (2025-12-12)
+++ v4 (2026-01-18)
@@ -9,146 +9,143 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Concorsi pubblici</t>
   </si>
   <si>
     <t>19/11/2025</t>
   </si>
   <si>
     <t>19/12/2025 23:30</t>
   </si>
   <si>
     <t>31/12/2100</t>
   </si>
   <si>
-    <t>Bando aperto</t>
+    <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
   </si>
   <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 23:30</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025 23:30</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
     <t>Mobilità esterna</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>31/12/2025 23:30</t>
   </si>
   <si>
     <t>Mobilità volontaria tra Enti, mediante selezione per esame, ai sensi dell'art. 30, D. Lgs. n. 165/2001, per la copertura di n. 1 posto dell'Area dei professionisti della salute e dei funzionari (ex cat. D/DS), ruolo sanitario o tecnico, del CCNL comparto Sanità, presso l’Area Prevenzione Ambientale Est, sede di Rimini</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/mobilita-volontaria-tra-enti-mediante-selezione-per-esame-ai-sensi-dellart-30-d-lgs-n-165-2001-per-la-copertura-di-n-1-posto-dellarea-dei-professionisti-della-salute-e-dei-funzionari-ex-cat-d-ds-ruolo-sanitario-o-tecnico-del-ccnl-comparto-sanita-presso</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>30/05/2025 23:30</t>
   </si>
   <si>
     <t>16/07/2025</t>
   </si>
   <si>
     <t>Graduatorie ed elenchi approvati</t>
   </si>
   <si>
     <t>Selezione pubblica, per esame, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore amministrativo professionale del CCNL comparto Sanità, da assegnare al Servizio Risorse Umane (Unità Trattamento Economico e Previdenziale)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esame-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-amministrativo-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>28/02/2025 23:30</t>
   </si>
@@ -619,250 +616,250 @@
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>34</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>39</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>40</v>
       </c>
-      <c r="E8" t="s">
-[...5 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
         <v>43</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>44</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>45</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" t="s">
         <v>48</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>49</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>50</v>
       </c>
-      <c r="E10" t="s">
-[...5 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
         <v>53</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>55</v>
       </c>
-      <c r="E11" t="s">
-[...5 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>