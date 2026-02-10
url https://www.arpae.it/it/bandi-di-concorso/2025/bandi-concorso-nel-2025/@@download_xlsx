--- v4 (2026-01-18)
+++ v5 (2026-02-10)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
@@ -65,99 +65,102 @@
   <si>
     <t>19/12/2025 23:30</t>
   </si>
   <si>
     <t>31/12/2100</t>
   </si>
   <si>
     <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
   </si>
   <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025 23:30</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
+    <t>Mobilità esterna</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025 23:30</t>
+  </si>
+  <si>
+    <t>Mobilità volontaria tra Enti, mediante selezione per esame, ai sensi dell'art. 30, D. Lgs. n. 165/2001, per la copertura di n. 1 posto dell'Area dei professionisti della salute e dei funzionari (ex cat. D/DS), ruolo sanitario o tecnico, del CCNL comparto Sanità, presso l’Area Prevenzione Ambientale Est, sede di Rimini</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/mobilita-volontaria-tra-enti-mediante-selezione-per-esame-ai-sensi-dellart-30-d-lgs-n-165-2001-per-la-copertura-di-n-1-posto-dellarea-dei-professionisti-della-salute-e-dei-funzionari-ex-cat-d-ds-ruolo-sanitario-o-tecnico-del-ccnl-comparto-sanita-presso</t>
+  </si>
+  <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>07/11/2025 23:30</t>
   </si>
   <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>Graduatorie ed elenchi approvati</t>
+  </si>
+  <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
-    <t>30/09/2025</t>
-[...25 lines deleted...]
-  <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>30/05/2025 23:30</t>
   </si>
   <si>
     <t>16/07/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Graduatorie ed elenchi approvati</t>
   </si>
   <si>
     <t>Selezione pubblica, per esame, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore amministrativo professionale del CCNL comparto Sanità, da assegnare al Servizio Risorse Umane (Unità Trattamento Economico e Previdenziale)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esame-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-amministrativo-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>28/02/2025 23:30</t>
   </si>
   <si>
     <t>27/03/2025</t>
   </si>
   <si>
     <t>Selezione pubblica, per titoli e colloquio, per l'assunzione a tempo determinato nella qualifica dirigenziale, ai sensi dell'art. 18 della L.R. n. 43/2001, per la copertura della posizione dirigenziale di Direttore Amministrativo</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-titoli-e-colloquio-per-lassunzione-a-tempo-determinato-nella-qualifica-dirigenziale-ai-sensi-dellart-18-della-l-r-n-43-2001-per-la-copertura-della-posizione-dirigenziale-di-direttore-amministrativo</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
@@ -642,224 +645,224 @@
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E10" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>