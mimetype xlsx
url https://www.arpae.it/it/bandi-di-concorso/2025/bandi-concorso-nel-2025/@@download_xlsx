--- v5 (2026-02-10)
+++ v6 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
@@ -65,138 +65,144 @@
   <si>
     <t>19/12/2025 23:30</t>
   </si>
   <si>
     <t>31/12/2100</t>
   </si>
   <si>
     <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
   </si>
   <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 23:30</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>Graduatorie ed elenchi approvati</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>30/10/2025 23:30</t>
   </si>
   <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
+    <t>07/05/2025</t>
+  </si>
+  <si>
+    <t>30/05/2025 23:30</t>
+  </si>
+  <si>
+    <t>16/07/2025</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esame, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore amministrativo professionale del CCNL comparto Sanità, da assegnare al Servizio Risorse Umane (Unità Trattamento Economico e Previdenziale)</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esame-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-amministrativo-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
+    <t>17/02/2025</t>
+  </si>
+  <si>
+    <t>28/02/2025 23:30</t>
+  </si>
+  <si>
+    <t>27/03/2025</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per titoli e colloquio, per l'assunzione a tempo determinato nella qualifica dirigenziale, ai sensi dell'art. 18 della L.R. n. 43/2001, per la copertura della posizione dirigenziale di Direttore Amministrativo</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-titoli-e-colloquio-per-lassunzione-a-tempo-determinato-nella-qualifica-dirigenziale-ai-sensi-dellart-18-della-l-r-n-43-2001-per-la-copertura-della-posizione-dirigenziale-di-direttore-amministrativo</t>
+  </si>
+  <si>
+    <t>12/02/2025</t>
+  </si>
+  <si>
+    <t>14/03/2025 23:30</t>
+  </si>
+  <si>
+    <t>10/07/2025</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di laurea in ingegneria civile e ambientale.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a</t>
+  </si>
+  <si>
     <t>Mobilità esterna</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>31/12/2025 23:30</t>
   </si>
   <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
     <t>Mobilità volontaria tra Enti, mediante selezione per esame, ai sensi dell'art. 30, D. Lgs. n. 165/2001, per la copertura di n. 1 posto dell'Area dei professionisti della salute e dei funzionari (ex cat. D/DS), ruolo sanitario o tecnico, del CCNL comparto Sanità, presso l’Area Prevenzione Ambientale Est, sede di Rimini</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/mobilita-volontaria-tra-enti-mediante-selezione-per-esame-ai-sensi-dellart-30-d-lgs-n-165-2001-per-la-copertura-di-n-1-posto-dellarea-dei-professionisti-della-salute-e-dei-funzionari-ex-cat-d-ds-ruolo-sanitario-o-tecnico-del-ccnl-comparto-sanita-presso</t>
-  </si>
-[...61 lines deleted...]
-    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a</t>
   </si>
   <si>
     <t>06/05/2025</t>
   </si>
   <si>
     <t>05/06/2025 23:30</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>Mobilità volontaria tra enti, ai sensi dell'art. 30, D. Lgs. n. 165/2001, per la copertura di n. 3 posti dell'Area dei professionisti della salute e dei funzionari (ex cat. D/DS), ruolo tecnico, del CCNL comparto Sanità, presso la Struttura IdroMeteoClima e il Servizio Sistemi Informativi e Innovazione Digitale</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/mobilita-volontaria-tra-enti-ai-sensi-dellart-30-d-lgs-n-165-2001-per-la-copertura-di-n-3-posti-dellarea-dei-professionisti-della-salute-e-dei-funzionari-ex-cat-d-ds-ruolo-tecnico-del-ccnl-comparto-sanita-presso-la-struttura-idrometeoclima-e-il-servizio</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>23/04/2025 23:30</t>
   </si>
   <si>
     <t>29/05/2025</t>
   </si>
@@ -628,241 +634,241 @@
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E9" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D11" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H11" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>