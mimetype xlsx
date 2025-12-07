--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -9,110 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Concorsi pubblici</t>
   </si>
   <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando aperto</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
+  </si>
+  <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>07/11/2025 23:30</t>
   </si>
   <si>
-    <t>31/12/2100</t>
-[...5 lines deleted...]
-    <t>Non dovuto</t>
+    <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>30/10/2025 23:30</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
   </si>
   <si>
-    <t>https://www.arpae.it/it/bandi-di-concorso/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>30/05/2025 23:30</t>
   </si>
   <si>
     <t>16/07/2025</t>
   </si>
   <si>
     <t>Graduatorie ed elenchi approvati</t>
   </si>
   <si>
     <t>Selezione pubblica, per esame, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore amministrativo professionale del CCNL comparto Sanità, da assegnare al Servizio Risorse Umane (Unità Trattamento Economico e Previdenziale)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esame-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-amministrativo-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>28/02/2025 23:30</t>
   </si>
@@ -845,51 +866,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="17"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="32"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="444"/>
     <col customWidth="1" max="8" min="8" width="302"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -920,845 +941,897 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>22</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" t="s">
         <v>26</v>
-      </c>
-[...16 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>36</v>
       </c>
-      <c r="C7" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
         <v>45</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>46</v>
       </c>
-      <c r="D9" t="s">
+      <c r="H9" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>30</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>50</v>
       </c>
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>51</v>
-      </c>
-[...13 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>55</v>
       </c>
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>56</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>59</v>
+      </c>
+      <c r="E12" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>60</v>
       </c>
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>61</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
+        <v>30</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>65</v>
       </c>
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>66</v>
-      </c>
-[...13 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E14" t="s">
+        <v>30</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>70</v>
       </c>
-      <c r="C14" t="s">
+      <c r="H14" t="s">
         <v>71</v>
-      </c>
-[...13 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D15" t="s">
+        <v>74</v>
+      </c>
+      <c r="E15" t="s">
+        <v>30</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>75</v>
       </c>
-      <c r="C15" t="s">
+      <c r="H15" t="s">
         <v>76</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>30</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>80</v>
       </c>
-      <c r="C16" t="s">
+      <c r="H16" t="s">
         <v>81</v>
-      </c>
-[...13 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>83</v>
+      </c>
+      <c r="D17" t="s">
+        <v>84</v>
+      </c>
+      <c r="E17" t="s">
+        <v>30</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>85</v>
       </c>
-      <c r="C17" t="s">
+      <c r="H17" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" t="s">
+        <v>89</v>
+      </c>
+      <c r="E18" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>90</v>
       </c>
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" t="s">
+        <v>93</v>
+      </c>
+      <c r="D19" t="s">
+        <v>94</v>
+      </c>
+      <c r="E19" t="s">
+        <v>30</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>95</v>
       </c>
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" t="s">
+        <v>99</v>
+      </c>
+      <c r="E20" t="s">
+        <v>30</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>100</v>
       </c>
-      <c r="C20" t="s">
+      <c r="H20" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>102</v>
+      </c>
+      <c r="C21" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" t="s">
+        <v>104</v>
+      </c>
+      <c r="E21" t="s">
+        <v>30</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>105</v>
       </c>
-      <c r="C21" t="s">
+      <c r="H21" t="s">
         <v>106</v>
-      </c>
-[...13 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" t="s">
+        <v>109</v>
+      </c>
+      <c r="E22" t="s">
+        <v>30</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>110</v>
       </c>
-      <c r="C22" t="s">
+      <c r="H22" t="s">
         <v>111</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" t="s">
+        <v>114</v>
+      </c>
+      <c r="E23" t="s">
+        <v>30</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>115</v>
       </c>
-      <c r="C23" t="s">
+      <c r="H23" t="s">
         <v>116</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" t="s">
+        <v>30</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>120</v>
       </c>
-      <c r="C24" t="s">
+      <c r="H24" t="s">
         <v>121</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
+        <v>122</v>
+      </c>
+      <c r="C25" t="s">
+        <v>123</v>
+      </c>
+      <c r="D25" t="s">
+        <v>124</v>
+      </c>
+      <c r="E25" t="s">
+        <v>30</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>125</v>
       </c>
-      <c r="C25" t="s">
+      <c r="H25" t="s">
         <v>126</v>
-      </c>
-[...13 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" t="s">
+        <v>129</v>
+      </c>
+      <c r="E26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>130</v>
       </c>
-      <c r="C26" t="s">
+      <c r="H26" t="s">
         <v>131</v>
-      </c>
-[...13 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" t="s">
+        <v>133</v>
+      </c>
+      <c r="D27" t="s">
+        <v>134</v>
+      </c>
+      <c r="E27" t="s">
+        <v>30</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>135</v>
       </c>
-      <c r="C27" t="s">
+      <c r="H27" t="s">
         <v>136</v>
-      </c>
-[...13 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
+        <v>137</v>
+      </c>
+      <c r="C28" t="s">
+        <v>138</v>
+      </c>
+      <c r="D28" t="s">
+        <v>139</v>
+      </c>
+      <c r="E28" t="s">
+        <v>30</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>140</v>
       </c>
-      <c r="C28" t="s">
+      <c r="H28" t="s">
         <v>141</v>
-      </c>
-[...13 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" t="s">
+        <v>143</v>
+      </c>
+      <c r="D29" t="s">
         <v>144</v>
       </c>
-      <c r="C29" t="s">
+      <c r="E29" t="s">
+        <v>30</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>145</v>
       </c>
-      <c r="D29" t="s">
+      <c r="H29" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C30" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
+        <v>36</v>
+      </c>
+      <c r="H30" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
+        <v>151</v>
+      </c>
+      <c r="C31" t="s">
         <v>152</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>153</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
+        <v>30</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>154</v>
       </c>
-      <c r="E31" t="s">
-[...5 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
+        <v>151</v>
+      </c>
+      <c r="C32" t="s">
+        <v>152</v>
+      </c>
+      <c r="D32" t="s">
+        <v>156</v>
+      </c>
+      <c r="E32" t="s">
+        <v>30</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>157</v>
       </c>
-      <c r="C32" t="s">
+      <c r="H32" t="s">
         <v>158</v>
-      </c>
-[...13 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
+        <v>159</v>
+      </c>
+      <c r="C33" t="s">
+        <v>160</v>
+      </c>
+      <c r="D33" t="s">
+        <v>161</v>
+      </c>
+      <c r="E33" t="s">
+        <v>30</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>162</v>
       </c>
-      <c r="C33" t="s">
+      <c r="H33" t="s">
         <v>163</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" t="s">
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" t="s">
         <v>164</v>
       </c>
-      <c r="H33" t="s">
+      <c r="C34" t="s">
         <v>165</v>
+      </c>
+      <c r="D34" t="s">
+        <v>166</v>
+      </c>
+      <c r="E34" t="s">
+        <v>30</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>167</v>
+      </c>
+      <c r="H34" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B35" t="s">
+        <v>169</v>
+      </c>
+      <c r="C35" t="s">
+        <v>170</v>
+      </c>
+      <c r="D35" t="s">
+        <v>159</v>
+      </c>
+      <c r="E35" t="s">
+        <v>30</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>171</v>
+      </c>
+      <c r="H35" t="s">
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>