--- v1 (2025-12-07)
+++ v2 (2026-01-16)
@@ -9,113 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Concorsi pubblici</t>
   </si>
   <si>
     <t>19/11/2025</t>
   </si>
   <si>
     <t>19/12/2025 23:30</t>
   </si>
   <si>
     <t>31/12/2100</t>
   </si>
   <si>
-    <t>Bando aperto</t>
+    <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>07/11/2025 23:30</t>
-  </si>
-[...1 lines deleted...]
-    <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>30/10/2025 23:30</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>30/05/2025 23:30</t>
   </si>
@@ -976,862 +973,862 @@
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>30</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>34</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="E7" t="s">
-[...5 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>39</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>40</v>
       </c>
-      <c r="E8" t="s">
-[...5 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
         <v>43</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>44</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>29</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>45</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" t="s">
         <v>48</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>49</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" t="s">
         <v>52</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>53</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>29</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>54</v>
       </c>
-      <c r="E11" t="s">
-[...5 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" t="s">
         <v>57</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>58</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>59</v>
       </c>
-      <c r="E12" t="s">
-[...5 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" t="s">
         <v>62</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>63</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>64</v>
       </c>
-      <c r="E13" t="s">
-[...5 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" t="s">
         <v>67</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>68</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>69</v>
       </c>
-      <c r="E14" t="s">
-[...5 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" t="s">
         <v>72</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>73</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>74</v>
       </c>
-      <c r="E15" t="s">
-[...5 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" t="s">
         <v>77</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>78</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
+        <v>29</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>79</v>
       </c>
-      <c r="E16" t="s">
-[...5 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="C17" t="s">
         <v>82</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>83</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
+        <v>29</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>84</v>
       </c>
-      <c r="E17" t="s">
-[...5 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
         <v>87</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>88</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>89</v>
       </c>
-      <c r="E18" t="s">
-[...5 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" t="s">
         <v>92</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>93</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
+        <v>29</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>94</v>
       </c>
-      <c r="E19" t="s">
-[...5 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" t="s">
         <v>97</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>98</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
+        <v>29</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>99</v>
       </c>
-      <c r="E20" t="s">
-[...5 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" t="s">
         <v>102</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>103</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
+        <v>29</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>104</v>
       </c>
-      <c r="E21" t="s">
-[...5 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" t="s">
         <v>107</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>108</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
+        <v>29</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>109</v>
       </c>
-      <c r="E22" t="s">
-[...5 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" t="s">
         <v>112</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>113</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
+        <v>29</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>114</v>
       </c>
-      <c r="E23" t="s">
-[...5 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" t="s">
         <v>117</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>118</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
+        <v>29</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>119</v>
       </c>
-      <c r="E24" t="s">
-[...5 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" t="s">
         <v>122</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>123</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
+        <v>29</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>124</v>
       </c>
-      <c r="E25" t="s">
-[...5 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
+        <v>126</v>
+      </c>
+      <c r="C26" t="s">
         <v>127</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>128</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
+        <v>29</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>129</v>
       </c>
-      <c r="E26" t="s">
-[...5 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" t="s">
         <v>132</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>133</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
+        <v>29</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>134</v>
       </c>
-      <c r="E27" t="s">
-[...5 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" t="s">
         <v>137</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>138</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
+        <v>29</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>139</v>
       </c>
-      <c r="E28" t="s">
-[...5 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" t="s">
         <v>142</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>143</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
+        <v>29</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>144</v>
       </c>
-      <c r="E29" t="s">
-[...5 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
+        <v>146</v>
+      </c>
+      <c r="C30" t="s">
         <v>147</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>148</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
+        <v>29</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30" t="s">
         <v>149</v>
-      </c>
-[...10 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
+        <v>150</v>
+      </c>
+      <c r="C31" t="s">
         <v>151</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>152</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
+        <v>29</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>153</v>
       </c>
-      <c r="E31" t="s">
-[...5 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
+        <v>150</v>
+      </c>
+      <c r="C32" t="s">
         <v>151</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s">
+        <v>155</v>
+      </c>
+      <c r="E32" t="s">
+        <v>29</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>156</v>
       </c>
-      <c r="E32" t="s">
-[...5 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
+        <v>158</v>
+      </c>
+      <c r="C33" t="s">
         <v>159</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>160</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
+        <v>29</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>161</v>
       </c>
-      <c r="E33" t="s">
-[...5 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
+        <v>163</v>
+      </c>
+      <c r="C34" t="s">
         <v>164</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>165</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
         <v>166</v>
       </c>
-      <c r="E34" t="s">
-[...5 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
+        <v>168</v>
+      </c>
+      <c r="C35" t="s">
         <v>169</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>158</v>
+      </c>
+      <c r="E35" t="s">
+        <v>29</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
         <v>170</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>