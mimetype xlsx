--- v2 (2026-01-16)
+++ v3 (2026-02-08)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
@@ -65,84 +65,87 @@
   <si>
     <t>19/12/2025 23:30</t>
   </si>
   <si>
     <t>31/12/2100</t>
   </si>
   <si>
     <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
   </si>
   <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025 23:30</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>07/11/2025 23:30</t>
   </si>
   <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>Graduatorie ed elenchi approvati</t>
+  </si>
+  <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
-    <t>30/09/2025</t>
-[...10 lines deleted...]
-  <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>30/05/2025 23:30</t>
   </si>
   <si>
     <t>16/07/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Graduatorie ed elenchi approvati</t>
   </si>
   <si>
     <t>Selezione pubblica, per esame, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore amministrativo professionale del CCNL comparto Sanità, da assegnare al Servizio Risorse Umane (Unità Trattamento Economico e Previdenziale)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esame-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-amministrativo-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>28/02/2025 23:30</t>
   </si>
   <si>
     <t>27/03/2025</t>
   </si>
   <si>
     <t>Selezione pubblica, per titoli e colloquio, per l'assunzione a tempo determinato nella qualifica dirigenziale, ai sensi dell'art. 18 della L.R. n. 43/2001, per la copertura della posizione dirigenziale di Direttore Amministrativo</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-titoli-e-colloquio-per-lassunzione-a-tempo-determinato-nella-qualifica-dirigenziale-ai-sensi-dellart-18-della-l-r-n-43-2001-per-la-copertura-della-posizione-dirigenziale-di-direttore-amministrativo</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
@@ -996,839 +999,839 @@
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H17" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C18" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D18" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E18" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H18" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D21" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C22" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D22" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E22" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E23" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D24" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E24" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C25" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D25" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H25" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C26" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D26" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E26" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C27" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D27" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E27" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H27" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D28" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E28" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H28" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C29" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E29" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H29" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C30" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D30" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E30" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H30" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E31" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H31" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C32" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D32" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E32" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H32" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C33" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E33" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H33" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D34" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E34" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H34" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C35" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D35" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E35" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H35" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>