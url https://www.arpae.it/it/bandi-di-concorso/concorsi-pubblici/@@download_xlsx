--- v3 (2026-02-08)
+++ v4 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
@@ -65,78 +65,81 @@
   <si>
     <t>19/12/2025 23:30</t>
   </si>
   <si>
     <t>31/12/2100</t>
   </si>
   <si>
     <t>Selezioni in corso</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, per candidati in possesso di laurea in ingegneria</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-per</t>
   </si>
   <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 2 posti dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, rivolta a candidati in possesso di lauree tecnico/scientifiche</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-2-posti-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-rivolta-a-1</t>
   </si>
   <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 23:30</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
+  </si>
+  <si>
+    <t>Graduatorie ed elenchi approvati</t>
+  </si>
+  <si>
+    <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Direzione Tecnica - CTR Agenti fisici - Piacenza</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
+  </si>
+  <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>30/10/2025 23:30</t>
   </si>
   <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
     <t>Selezione pubblica, per esami, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore tecnico professionale del CCNL comparto Sanità, da assegnare alla Struttura Idro-Meteo-Clima.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/copy_of_selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esami-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-tecnico-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>07/05/2025</t>
   </si>
   <si>
     <t>30/05/2025 23:30</t>
   </si>
   <si>
     <t>16/07/2025</t>
   </si>
   <si>
     <t>Selezione pubblica, per esame, per l’assunzione a tempo indeterminato a copertura di n. 1 posto dell’area dei professionisti della salute e dei funzionari, profilo professionale di collaboratore amministrativo professionale del CCNL comparto Sanità, da assegnare al Servizio Risorse Umane (Unità Trattamento Economico e Previdenziale)</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-di-concorso/2025/selezione-pubblica-per-esame-per-l2019assunzione-a-tempo-indeterminato-a-copertura-di-n-1-posto-dell2019area-dei-professionisti-della-salute-e-dei-funzionari-profilo-professionale-di-collaboratore-amministrativo-professionale-del-ccnl-comparto-sanita-da</t>
   </si>
   <si>
     <t>17/02/2025</t>
   </si>
   <si>
     <t>28/02/2025 23:30</t>
   </si>
   <si>
     <t>27/03/2025</t>
   </si>
@@ -973,865 +976,865 @@
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C18" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D18" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H18" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D19" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C21" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E21" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C22" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E22" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E23" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H23" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C24" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D24" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E24" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C25" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E25" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H25" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C26" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E26" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H26" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C27" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D27" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E27" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H27" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C28" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D28" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E28" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H28" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D29" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E29" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H29" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C30" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D30" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E30" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H30" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D31" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E31" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H31" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C32" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E32" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H32" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E33" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H33" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C34" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D34" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E34" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H34" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C35" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D35" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E35" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H35" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>