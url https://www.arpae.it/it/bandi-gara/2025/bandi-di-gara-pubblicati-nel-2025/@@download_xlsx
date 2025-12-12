--- v0 (2025-11-01)
+++ v1 (2025-12-12)
@@ -9,110 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
+    <t>Bandi di forniture</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>08/01/2026 13:00</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando di gara aperto</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Procedura aperta per l'affidamento della fornitura di un sistema automatico per il monitoraggio del profilo atmosferico dei parametri meteorologici di temperatura, umidità e vento, per la fornitura del materiale di consumo e per il servizio di manutenzione del sistema</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-della-fornitura-di-un-sistema-automatico-per-il-monitoraggio-del-profilo-atmosferico-dei-parametri-meteorologici-di-temperatura-umidita-e-vento-per-la-fornitura-del-materiale-di-consumo-e-per-il-servizio-di-manutenzione</t>
+  </si>
+  <si>
     <t>Bandi di servizi</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
-    <t>18/11/2025 13:00</t>
-[...8 lines deleted...]
-    <t>Non dovuto</t>
+    <t>15/12/2025 13:00</t>
   </si>
   <si>
     <t>Servizi di manutenzione e assistenza della rete regionale di monitoraggio idro meteorologica in tempo reale della regione Emilia-Romagna avente fini di protezione civile</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/servizi-di-manutenzione-e-assistenza-della-rete-regionale-di-monitoraggio-idro-meteorologica-in-tempo-reale-della-regione-emilia-romagna-avente-fini-di-protezione-civile</t>
   </si>
   <si>
-    <t>Bandi di forniture</t>
+    <t>21/11/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025 18:00</t>
+  </si>
+  <si>
+    <t>Bando di gara scaduto</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato  per realizzazione di indagini geognostiche sui depositi sedimentari marini relitti</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025 20:00</t>
+  </si>
+  <si>
+    <t>Dovuto</t>
+  </si>
+  <si>
+    <t>Avviso di indagine di mercato ai sensi dell'art.  50 comma 1 lett. e) del D. Lgs. 36/2023 per l'affidamento della fornitura di n. 4 chassis  comprensivi di accessori di corredo per il potenziamento dell'infrastruttura informatica. Procedura finanziata "PNRR MER".</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-ai-sensi-dellart-50-comma-1-lett-e-del-d-lgs-36-2023-per-laffidamento-della-fornitura-di-n-4-chassis-comprensivi-di-accessori-di-corredo-per-il-potenziamento-dellinfrastruttura-informatica-procedura-finanziata-pnrr-mer</t>
   </si>
   <si>
     <t>22/09/2025</t>
   </si>
   <si>
     <t>28/10/2025 13:00</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bando di gara scaduto</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento fornitura mediante somministrazione periodica di gas tecnici e servizi connessi per la rete laboratoristica di Arpae per una durata di 30 mesi</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-fornitura-mediante-somministrazione-periodica-di-gas-tecnici-e-servizi-connessi-per-la-rete-laboratoristica-di-arpae-per-una-durata-di-30-mesi</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>03/10/2025 13:30</t>
   </si>
   <si>
     <t>Consultazione preliminare di mercato per il  servizio di ritiro, trasporto e smaltimento dei rifiuti speciali pericolosi e non prodotti dalla rete Arpae.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-il-servizio-di-ritiro-trasporto-e-smaltimento-dei-rifiuti-speciali-pericolosi-e-non-prodotti-dalla-rete-arpae</t>
   </si>
   <si>
     <t>25/08/2025</t>
   </si>
   <si>
     <t>12/09/2025 13:00</t>
   </si>
@@ -614,51 +653,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="18"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="21"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="349"/>
     <col customWidth="1" max="8" min="8" width="295"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -698,420 +737,498 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>45</v>
       </c>
-      <c r="F9" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>49</v>
       </c>
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11" t="s">
         <v>54</v>
-      </c>
-[...16 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
         <v>59</v>
       </c>
-      <c r="B12" t="s">
+      <c r="G12" t="s">
         <v>60</v>
       </c>
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>61</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" t="s">
         <v>65</v>
       </c>
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>66</v>
-      </c>
-[...13 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>70</v>
       </c>
-      <c r="C14" t="s">
+      <c r="H14" t="s">
         <v>71</v>
-      </c>
-[...13 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="B15" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
         <v>75</v>
       </c>
-      <c r="C15" t="s">
+      <c r="E15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>76</v>
       </c>
-      <c r="D15" t="s">
+      <c r="H15" t="s">
         <v>77</v>
-      </c>
-[...10 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" t="s">
         <v>80</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
+        <v>58</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>81</v>
       </c>
-      <c r="D16" t="s">
+      <c r="H16" t="s">
         <v>82</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" t="s">
+        <v>84</v>
+      </c>
+      <c r="D17" t="s">
         <v>85</v>
       </c>
-      <c r="C17" t="s">
+      <c r="E17" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>86</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>87</v>
       </c>
-      <c r="H17" t="s">
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
         <v>88</v>
+      </c>
+      <c r="C18" t="s">
+        <v>89</v>
+      </c>
+      <c r="D18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" t="s">
+        <v>91</v>
+      </c>
+      <c r="H18" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" t="s">
+        <v>95</v>
+      </c>
+      <c r="E19" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>96</v>
+      </c>
+      <c r="H19" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>93</v>
+      </c>
+      <c r="E20" t="s">
+        <v>58</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>100</v>
+      </c>
+      <c r="H20" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>