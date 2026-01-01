--- v1 (2025-12-12)
+++ v2 (2026-01-01)
@@ -9,227 +9,242 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
+    <t>Bandi di servizi</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>29/01/2026 13:00</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando di gara aperto</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Servizio  di trasporto di colli e frigoriferi/freezer carrellati e portatili per campioni di laboratorio</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/servizio-di-trasporto-di-colli-e-frigoriferi-freezer-carrellati-e-portatili-per-campioni-di-laboratorio</t>
+  </si>
+  <si>
     <t>Bandi di forniture</t>
   </si>
   <si>
     <t>02/12/2025</t>
   </si>
   <si>
-    <t>08/01/2026 13:00</t>
-[...8 lines deleted...]
-    <t>Non dovuto</t>
+    <t>22/01/2026 13:00</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento della fornitura di un sistema automatico per il monitoraggio del profilo atmosferico dei parametri meteorologici di temperatura, umidità e vento, per la fornitura del materiale di consumo e per il servizio di manutenzione del sistema</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-della-fornitura-di-un-sistema-automatico-per-il-monitoraggio-del-profilo-atmosferico-dei-parametri-meteorologici-di-temperatura-umidita-e-vento-per-la-fornitura-del-materiale-di-consumo-e-per-il-servizio-di-manutenzione</t>
   </si>
   <si>
-    <t>Bandi di servizi</t>
+    <t>21/11/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025 18:00</t>
+  </si>
+  <si>
+    <t>Bando di gara scaduto</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato  per realizzazione di indagini geognostiche sui depositi sedimentari marini relitti</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025 20:00</t>
+  </si>
+  <si>
+    <t>Dovuto</t>
+  </si>
+  <si>
+    <t>Avviso di indagine di mercato ai sensi dell'art.  50 comma 1 lett. e) del D. Lgs. 36/2023 per l'affidamento della fornitura di n. 4 chassis  comprensivi di accessori di corredo per il potenziamento dell'infrastruttura informatica. Procedura finanziata "PNRR MER".</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-ai-sensi-dellart-50-comma-1-lett-e-del-d-lgs-36-2023-per-laffidamento-della-fornitura-di-n-4-chassis-comprensivi-di-accessori-di-corredo-per-il-potenziamento-dellinfrastruttura-informatica-procedura-finanziata-pnrr-mer</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/12/2025 13:00</t>
   </si>
   <si>
     <t>Servizi di manutenzione e assistenza della rete regionale di monitoraggio idro meteorologica in tempo reale della regione Emilia-Romagna avente fini di protezione civile</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/servizi-di-manutenzione-e-assistenza-della-rete-regionale-di-monitoraggio-idro-meteorologica-in-tempo-reale-della-regione-emilia-romagna-avente-fini-di-protezione-civile</t>
   </si>
   <si>
-    <t>21/11/2025</t>
-[...28 lines deleted...]
-  <si>
     <t>22/09/2025</t>
   </si>
   <si>
     <t>28/10/2025 13:00</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento fornitura mediante somministrazione periodica di gas tecnici e servizi connessi per la rete laboratoristica di Arpae per una durata di 30 mesi</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-fornitura-mediante-somministrazione-periodica-di-gas-tecnici-e-servizi-connessi-per-la-rete-laboratoristica-di-arpae-per-una-durata-di-30-mesi</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>03/10/2025 13:30</t>
   </si>
   <si>
     <t>Consultazione preliminare di mercato per il  servizio di ritiro, trasporto e smaltimento dei rifiuti speciali pericolosi e non prodotti dalla rete Arpae.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-il-servizio-di-ritiro-trasporto-e-smaltimento-dei-rifiuti-speciali-pericolosi-e-non-prodotti-dalla-rete-arpae</t>
   </si>
   <si>
     <t>25/08/2025</t>
   </si>
   <si>
     <t>12/09/2025 13:00</t>
   </si>
   <si>
     <t>Avviso di indagine di mercato per l’affidamento del servizio di fotointerpretazione ai fini del Monitoraggio del Consumo di Suolo</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-per-l2019affidamento-del-servizio-di-fotointerpretazione-ai-fini-del-monitoraggio-del-consumo-di-suolo</t>
   </si>
   <si>
+    <t>09/07/2025</t>
+  </si>
+  <si>
+    <t>09/09/2025 13:00</t>
+  </si>
+  <si>
+    <t>Servizio assicurativo di tutela beni</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/servizio-assicurativo-di-tutela-beni</t>
+  </si>
+  <si>
+    <t>30/05/2025</t>
+  </si>
+  <si>
+    <t>30/06/2025 18:00</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato per servizio di somministrazione lavoro a tempo determinato</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/servizio-di-somministrazione-lavoro-a-tempo-determinato</t>
+  </si>
+  <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>19/08/2025 13:00</t>
   </si>
   <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>Esiti di gara</t>
+  </si>
+  <si>
     <t>Avviso di indagine di mercato ai sensi dell'art. 50 comma 1 lett. e) del D. lgs. 36/2023 per l’affidamento del servizio di analisi merceologiche sui rifiuti urbani differenziati ed indifferenziati da effettuarsi presso impianti localizzati all’interno del territorio della Regione, per una durata di 24 mesi.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-ai-sensi-dellart-50-comma-1-lett-e-del-d-lgs-36-2023-per-l2019affidamento-del-servizio-di-analisi-merceologiche-sui-rifiuti-urbani-differenziati-ed-indifferenziati-da-effettuarsi-presso-impianti-localizzati-all2019interno-del</t>
   </si>
   <si>
-    <t>09/07/2025</t>
-[...22 lines deleted...]
-  <si>
     <t>21/07/2025</t>
   </si>
   <si>
     <t>09/06/2025 18:00</t>
   </si>
   <si>
     <t>04/07/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Esiti di gara</t>
   </si>
   <si>
     <t>Presente</t>
   </si>
   <si>
     <t>Trattativa diretta n. 5348430 - CUP: J36G23000230006  per l'affidamento  della fornitura di licenza d’uso triennale per l’utilizzo della piattaforma software Manageengine OPmanager. Procedura finanziata PNRR-Missione M1C1 “Digitalizzazione, Innovazione e Sicurezza nella P.A.” – Investimento 1.5 “Cybersecurity.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/trattativa-diretta-n-5348430-cup-j36g23000230006-per-laffidamento-della-fornitura-di-licenza-d2019uso-triennale-per-l2019utilizzo-della-piattaforma-software-manageengine-opmanager-procedura-finanziata-pnrr-missione-m1c1-201cdigitalizzazione-innovazione-e</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>18/06/2025 00:00</t>
   </si>
   <si>
     <t>20/06/2025</t>
   </si>
   <si>
     <t>Adesione a Convenzione Intercent-ER  “Servizi di trasmissione dati e voce su reti fisse e mobili e manutenzione apparati 4 - Lotto 2" per l’affidamento del servizio di protezione delle minacce informatiche relative alla cybersicurezza sulle postazioni ARPAE tramite software TRENDMICRO. Procedura  finanziata PNRR  – Investimento 1.5 “Cybersecurity”</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/adesione-a-convenzione-intercent-er-201cservizi-di-trasmissione-dati-e-voce-su-reti-fisse-e-mobili-e-manutenzione-apparati-4-lotto-2-per-l2019affidamento-del-servizio-di-protezione-delle-minacce-informatiche-relative-alla-cybersicurezza-sulle-postazioni</t>
   </si>
@@ -653,51 +668,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="18"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="21"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="349"/>
     <col customWidth="1" max="8" min="8" width="295"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -751,77 +766,77 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
@@ -855,259 +870,259 @@
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>45</v>
       </c>
       <c r="H9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>51</v>
       </c>
       <c r="C11" t="s">
         <v>52</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>53</v>
       </c>
       <c r="H11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>55</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="D12" t="s">
         <v>57</v>
       </c>
       <c r="E12" t="s">
         <v>58</v>
       </c>
       <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>59</v>
       </c>
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" t="s">
         <v>62</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>58</v>
       </c>
       <c r="F13" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>65</v>
       </c>
       <c r="H13" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>58</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
         <v>72</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>73</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E15" t="s">
         <v>58</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
+        <v>75</v>
+      </c>
+      <c r="H15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
         <v>78</v>
       </c>
       <c r="C16" t="s">
         <v>79</v>
       </c>
       <c r="D16" t="s">
         <v>80</v>
       </c>
       <c r="E16" t="s">
         <v>58</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>81</v>
       </c>
       <c r="H16" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
@@ -1115,120 +1130,146 @@
       </c>
       <c r="B17" t="s">
         <v>83</v>
       </c>
       <c r="C17" t="s">
         <v>84</v>
       </c>
       <c r="D17" t="s">
         <v>85</v>
       </c>
       <c r="E17" t="s">
         <v>58</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>86</v>
       </c>
       <c r="H17" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>88</v>
       </c>
       <c r="C18" t="s">
         <v>89</v>
       </c>
       <c r="D18" t="s">
         <v>90</v>
       </c>
       <c r="E18" t="s">
         <v>58</v>
       </c>
       <c r="F18" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>91</v>
       </c>
       <c r="H18" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
       <c r="C19" t="s">
         <v>94</v>
       </c>
       <c r="D19" t="s">
         <v>95</v>
       </c>
       <c r="E19" t="s">
         <v>58</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G19" t="s">
         <v>96</v>
       </c>
       <c r="H19" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>98</v>
       </c>
       <c r="C20" t="s">
         <v>99</v>
       </c>
       <c r="D20" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>102</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>105</v>
+      </c>
+      <c r="H21" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>