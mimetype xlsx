--- v2 (2026-01-01)
+++ v3 (2026-01-21)
@@ -9,103 +9,115 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
+    <t>Bandi di forniture</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026 13:00</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando di gara aperto</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato per l'affidamento di strumentazione  per la rete di monitoraggio della qualità dell'aria con relativa manutenzione</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-laffidamento-di-strumentazione-per-la-rete-di-monitoraggio-della-qualita-dellaria-con-relativa-manutenzione</t>
+  </si>
+  <si>
     <t>Bandi di servizi</t>
   </si>
   <si>
     <t>18/12/2025</t>
   </si>
   <si>
     <t>29/01/2026 13:00</t>
   </si>
   <si>
-    <t>31/12/2100</t>
-[...7 lines deleted...]
-  <si>
     <t>Servizio  di trasporto di colli e frigoriferi/freezer carrellati e portatili per campioni di laboratorio</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/servizio-di-trasporto-di-colli-e-frigoriferi-freezer-carrellati-e-portatili-per-campioni-di-laboratorio</t>
   </si>
   <si>
-    <t>Bandi di forniture</t>
-[...1 lines deleted...]
-  <si>
     <t>02/12/2025</t>
   </si>
   <si>
     <t>22/01/2026 13:00</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento della fornitura di un sistema automatico per il monitoraggio del profilo atmosferico dei parametri meteorologici di temperatura, umidità e vento, per la fornitura del materiale di consumo e per il servizio di manutenzione del sistema</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-della-fornitura-di-un-sistema-automatico-per-il-monitoraggio-del-profilo-atmosferico-dei-parametri-meteorologici-di-temperatura-umidita-e-vento-per-la-fornitura-del-materiale-di-consumo-e-per-il-servizio-di-manutenzione</t>
   </si>
   <si>
     <t>21/11/2025</t>
   </si>
   <si>
     <t>09/12/2025 18:00</t>
   </si>
   <si>
     <t>Bando di gara scaduto</t>
   </si>
   <si>
     <t>Consultazione preliminare di mercato  per realizzazione di indagini geognostiche sui depositi sedimentari marini relitti</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato</t>
@@ -188,66 +200,66 @@
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>30/06/2025 18:00</t>
   </si>
   <si>
     <t>Consultazione preliminare di mercato per servizio di somministrazione lavoro a tempo determinato</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/servizio-di-somministrazione-lavoro-a-tempo-determinato</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>19/08/2025 13:00</t>
   </si>
   <si>
     <t>17/12/2025</t>
   </si>
   <si>
     <t>Esiti di gara</t>
   </si>
   <si>
-    <t>Avviso di indagine di mercato ai sensi dell'art. 50 comma 1 lett. e) del D. lgs. 36/2023 per l’affidamento del servizio di analisi merceologiche sui rifiuti urbani differenziati ed indifferenziati da effettuarsi presso impianti localizzati all’interno del territorio della Regione, per una durata di 24 mesi.</t>
+    <t>Presente</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento, mediante Avviso di indagine di mercato ai sensi dell'art. 50 comma 1 lett. e) del D. lgs. 36/2023, del servizio di analisi merceologiche sui rifiuti urbani differenziati ed indifferenziati da effettuarsi presso impianti localizzati all’interno del territorio della Regione, per una durata di 24 mesi.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-ai-sensi-dellart-50-comma-1-lett-e-del-d-lgs-36-2023-per-l2019affidamento-del-servizio-di-analisi-merceologiche-sui-rifiuti-urbani-differenziati-ed-indifferenziati-da-effettuarsi-presso-impianti-localizzati-all2019interno-del</t>
   </si>
   <si>
     <t>21/07/2025</t>
   </si>
   <si>
     <t>09/06/2025 18:00</t>
   </si>
   <si>
     <t>04/07/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Presente</t>
   </si>
   <si>
     <t>Trattativa diretta n. 5348430 - CUP: J36G23000230006  per l'affidamento  della fornitura di licenza d’uso triennale per l’utilizzo della piattaforma software Manageengine OPmanager. Procedura finanziata PNRR-Missione M1C1 “Digitalizzazione, Innovazione e Sicurezza nella P.A.” – Investimento 1.5 “Cybersecurity.</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/trattativa-diretta-n-5348430-cup-j36g23000230006-per-laffidamento-della-fornitura-di-licenza-d2019uso-triennale-per-l2019utilizzo-della-piattaforma-software-manageengine-opmanager-procedura-finanziata-pnrr-missione-m1c1-201cdigitalizzazione-innovazione-e</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>18/06/2025 00:00</t>
   </si>
   <si>
     <t>20/06/2025</t>
   </si>
   <si>
     <t>Adesione a Convenzione Intercent-ER  “Servizi di trasmissione dati e voce su reti fisse e mobili e manutenzione apparati 4 - Lotto 2" per l’affidamento del servizio di protezione delle minacce informatiche relative alla cybersicurezza sulle postazioni ARPAE tramite software TRENDMICRO. Procedura  finanziata PNRR  – Investimento 1.5 “Cybersecurity”</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/adesione-a-convenzione-intercent-er-201cservizi-di-trasmissione-dati-e-voce-su-reti-fisse-e-mobili-e-manutenzione-apparati-4-lotto-2-per-l2019affidamento-del-servizio-di-protezione-delle-minacce-informatiche-relative-alla-cybersicurezza-sulle-postazioni</t>
   </si>
   <si>
     <t>26/05/2025</t>
   </si>
@@ -668,51 +680,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="18"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="21"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="349"/>
     <col customWidth="1" max="8" min="8" width="295"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -778,498 +790,524 @@
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>45</v>
       </c>
       <c r="H9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>51</v>
       </c>
       <c r="C11" t="s">
         <v>52</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>53</v>
       </c>
       <c r="H11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>55</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>57</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
         <v>61</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>62</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
         <v>63</v>
       </c>
-      <c r="E13" t="s">
-[...2 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G13" t="s">
         <v>64</v>
       </c>
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" t="s">
         <v>67</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>68</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
         <v>69</v>
       </c>
-      <c r="E14" t="s">
-[...5 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" t="s">
         <v>72</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>73</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
         <v>74</v>
       </c>
-      <c r="E15" t="s">
-[...5 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" t="s">
         <v>77</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>78</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>79</v>
       </c>
-      <c r="D16" t="s">
+      <c r="H16" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
         <v>83</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>84</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>85</v>
       </c>
-      <c r="E17" t="s">
-[...5 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" t="s">
         <v>88</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>89</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>90</v>
       </c>
-      <c r="E18" t="s">
-[...5 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" t="s">
         <v>93</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>94</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>95</v>
       </c>
-      <c r="E19" t="s">
-[...5 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" t="s">
         <v>98</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>99</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
+        <v>62</v>
+      </c>
+      <c r="F20" t="s">
+        <v>63</v>
+      </c>
+      <c r="G20" t="s">
         <v>100</v>
       </c>
-      <c r="E20" t="s">
-[...5 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
+        <v>102</v>
+      </c>
+      <c r="C21" t="s">
         <v>103</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>104</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>105</v>
       </c>
       <c r="H21" t="s">
         <v>106</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" t="s">
+        <v>102</v>
+      </c>
+      <c r="E22" t="s">
+        <v>62</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>109</v>
+      </c>
+      <c r="H22" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>