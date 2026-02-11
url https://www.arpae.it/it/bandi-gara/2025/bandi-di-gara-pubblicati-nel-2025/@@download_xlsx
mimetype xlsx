--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -9,278 +9,290 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
+    <t>Bandi di servizi</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>24/02/2026 13:00</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando di gara aperto</t>
+  </si>
+  <si>
+    <t>Dovuto</t>
+  </si>
+  <si>
+    <t>Servizio  di trasporto di colli e frigoriferi/freezer carrellati e portatili per campioni di laboratorio</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/servizio-di-trasporto-di-colli-e-frigoriferi-freezer-carrellati-e-portatili-per-campioni-di-laboratorio</t>
+  </si>
+  <si>
     <t>Bandi di forniture</t>
   </si>
   <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>02/02/2026 13:00</t>
   </si>
   <si>
-    <t>31/12/2100</t>
-[...2 lines deleted...]
-    <t>Bando di gara aperto</t>
+    <t>Bando di gara scaduto</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
-    <t>Consultazione preliminare di mercato per l'affidamento di strumentazione  per la rete di monitoraggio della qualità dell'aria con relativa manutenzione</t>
+    <t>Consultazione preliminare di mercato per l'affidamento di strumentazione  per la rete di monitoraggio della qualità dell'aria con relativa manutenzione. Aggiornamento al 29/01/2026</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-laffidamento-di-strumentazione-per-la-rete-di-monitoraggio-della-qualita-dellaria-con-relativa-manutenzione</t>
   </si>
   <si>
-    <t>Bandi di servizi</t>
-[...13 lines deleted...]
-  <si>
     <t>02/12/2025</t>
   </si>
   <si>
-    <t>22/01/2026 13:00</t>
+    <t>27/01/2026 13:00</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento della fornitura di un sistema automatico per il monitoraggio del profilo atmosferico dei parametri meteorologici di temperatura, umidità e vento, per la fornitura del materiale di consumo e per il servizio di manutenzione del sistema</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-della-fornitura-di-un-sistema-automatico-per-il-monitoraggio-del-profilo-atmosferico-dei-parametri-meteorologici-di-temperatura-umidita-e-vento-per-la-fornitura-del-materiale-di-consumo-e-per-il-servizio-di-manutenzione</t>
   </si>
   <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025 20:00</t>
+  </si>
+  <si>
+    <t>Avviso di indagine di mercato ai sensi dell'art.  50 comma 1 lett. e) del D. Lgs. 36/2023 per l'affidamento della fornitura di n. 4 chassis  comprensivi di accessori di corredo per il potenziamento dell'infrastruttura informatica. Procedura finanziata "PNRR MER".</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-ai-sensi-dellart-50-comma-1-lett-e-del-d-lgs-36-2023-per-laffidamento-della-fornitura-di-n-4-chassis-comprensivi-di-accessori-di-corredo-per-il-potenziamento-dellinfrastruttura-informatica-procedura-finanziata-pnrr-mer</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025 13:00</t>
+  </si>
+  <si>
+    <t>Servizi di manutenzione e assistenza della rete regionale di monitoraggio idro meteorologica in tempo reale della regione Emilia-Romagna avente fini di protezione civile</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/servizi-di-manutenzione-e-assistenza-della-rete-regionale-di-monitoraggio-idro-meteorologica-in-tempo-reale-della-regione-emilia-romagna-avente-fini-di-protezione-civile</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:30</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato per il  servizio di ritiro, trasporto e smaltimento dei rifiuti speciali pericolosi e non prodotti dalla rete Arpae.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-il-servizio-di-ritiro-trasporto-e-smaltimento-dei-rifiuti-speciali-pericolosi-e-non-prodotti-dalla-rete-arpae</t>
+  </si>
+  <si>
+    <t>25/08/2025</t>
+  </si>
+  <si>
+    <t>12/09/2025 13:00</t>
+  </si>
+  <si>
+    <t>Avviso di indagine di mercato per l’affidamento del servizio di fotointerpretazione ai fini del Monitoraggio del Consumo di Suolo</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-per-l2019affidamento-del-servizio-di-fotointerpretazione-ai-fini-del-monitoraggio-del-consumo-di-suolo</t>
+  </si>
+  <si>
     <t>21/11/2025</t>
   </si>
   <si>
     <t>09/12/2025 18:00</t>
   </si>
   <si>
-    <t>Bando di gara scaduto</t>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>Esiti di gara</t>
   </si>
   <si>
     <t>Consultazione preliminare di mercato  per realizzazione di indagini geognostiche sui depositi sedimentari marini relitti</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato</t>
   </si>
   <si>
-    <t>11/11/2025</t>
-[...25 lines deleted...]
-  <si>
     <t>22/09/2025</t>
   </si>
   <si>
     <t>28/10/2025 13:00</t>
   </si>
   <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
     <t>Procedura aperta per l'affidamento fornitura mediante somministrazione periodica di gas tecnici e servizi connessi per la rete laboratoristica di Arpae per una durata di 30 mesi</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-fornitura-mediante-somministrazione-periodica-di-gas-tecnici-e-servizi-connessi-per-la-rete-laboratoristica-di-arpae-per-una-durata-di-30-mesi</t>
   </si>
   <si>
-    <t>16/09/2025</t>
-[...20 lines deleted...]
-    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-per-l2019affidamento-del-servizio-di-fotointerpretazione-ai-fini-del-monitoraggio-del-consumo-di-suolo</t>
+    <t>31/07/2025</t>
+  </si>
+  <si>
+    <t>19/08/2025 13:00</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>Presente</t>
+  </si>
+  <si>
+    <t>Procedura per l'affidamento, mediante Avviso di indagine di mercato ai sensi dell'art. 50 comma 1 lett. e) del D. lgs. 36/2023, del servizio di analisi merceologiche sui rifiuti urbani differenziati ed indifferenziati da effettuarsi presso impianti localizzati all’interno del territorio della Regione, per una durata di 24 mesi.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-ai-sensi-dellart-50-comma-1-lett-e-del-d-lgs-36-2023-per-l2019affidamento-del-servizio-di-analisi-merceologiche-sui-rifiuti-urbani-differenziati-ed-indifferenziati-da-effettuarsi-presso-impianti-localizzati-all2019interno-del</t>
+  </si>
+  <si>
+    <t>21/07/2025</t>
+  </si>
+  <si>
+    <t>09/06/2025 18:00</t>
+  </si>
+  <si>
+    <t>04/07/2025</t>
+  </si>
+  <si>
+    <t>Trattativa diretta n. 5348430 - CUP: J36G23000230006  per l'affidamento  della fornitura di licenza d’uso triennale per l’utilizzo della piattaforma software Manageengine OPmanager. Procedura finanziata PNRR-Missione M1C1 “Digitalizzazione, Innovazione e Sicurezza nella P.A.” – Investimento 1.5 “Cybersecurity.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/trattativa-diretta-n-5348430-cup-j36g23000230006-per-laffidamento-della-fornitura-di-licenza-d2019uso-triennale-per-l2019utilizzo-della-piattaforma-software-manageengine-opmanager-procedura-finanziata-pnrr-missione-m1c1-201cdigitalizzazione-innovazione-e</t>
   </si>
   <si>
     <t>09/07/2025</t>
   </si>
   <si>
     <t>09/09/2025 13:00</t>
   </si>
   <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
     <t>Servizio assicurativo di tutela beni</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/servizio-assicurativo-di-tutela-beni</t>
   </si>
   <si>
+    <t>02/07/2025</t>
+  </si>
+  <si>
+    <t>18/06/2025 00:00</t>
+  </si>
+  <si>
+    <t>20/06/2025</t>
+  </si>
+  <si>
+    <t>Adesione a Convenzione Intercent-ER  “Servizi di trasmissione dati e voce su reti fisse e mobili e manutenzione apparati 4 - Lotto 2" per l’affidamento del servizio di protezione delle minacce informatiche relative alla cybersicurezza sulle postazioni ARPAE tramite software TRENDMICRO. Procedura  finanziata PNRR  – Investimento 1.5 “Cybersecurity”</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/adesione-a-convenzione-intercent-er-201cservizi-di-trasmissione-dati-e-voce-su-reti-fisse-e-mobili-e-manutenzione-apparati-4-lotto-2-per-l2019affidamento-del-servizio-di-protezione-delle-minacce-informatiche-relative-alla-cybersicurezza-sulle-postazioni</t>
+  </si>
+  <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>30/06/2025 18:00</t>
   </si>
   <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
     <t>Consultazione preliminare di mercato per servizio di somministrazione lavoro a tempo determinato</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/servizio-di-somministrazione-lavoro-a-tempo-determinato</t>
-  </si>
-[...49 lines deleted...]
-    <t>https://www.arpae.it/it/bandi-gara/2025/adesione-a-convenzione-intercent-er-201cservizi-di-trasmissione-dati-e-voce-su-reti-fisse-e-mobili-e-manutenzione-apparati-4-lotto-2-per-l2019affidamento-del-servizio-di-protezione-delle-minacce-informatiche-relative-alla-cybersicurezza-sulle-postazioni</t>
   </si>
   <si>
     <t>26/05/2025</t>
   </si>
   <si>
     <t>15/07/2025 13:00</t>
   </si>
   <si>
     <t>30/07/2025</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento della fornitura mediante somministrazione periodica di gas tecnici e servizi connessi per la rete laboratoristica di Arpae per una durata di 30 mesi</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-della-fornitura-mediante-somministrazione-periodica-di-gas-tecnici-e-servizi-connessi-per-la-rete-laboratoristica-di-arpae-per-una-durata-di-30-mesi</t>
   </si>
   <si>
     <t>Bandi di lavori</t>
   </si>
   <si>
     <t>19/05/2025</t>
   </si>
   <si>
     <t>19/05/2025 00:00</t>
   </si>
@@ -764,550 +776,550 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G11" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G12" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D13" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F13" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H13" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D14" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F14" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="G14" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="H14" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C15" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D16" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H16" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C17" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D17" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E17" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H17" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C18" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D18" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E18" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H18" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C19" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D19" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E19" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="H19" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C20" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D20" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E20" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F20" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="G20" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C21" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D21" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E21" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="H21" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C22" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D22" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E22" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H22" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>