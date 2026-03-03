--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -47,153 +47,153 @@
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Bandi di servizi</t>
   </si>
   <si>
     <t>18/12/2025</t>
   </si>
   <si>
     <t>24/02/2026 13:00</t>
   </si>
   <si>
     <t>31/12/2100</t>
   </si>
   <si>
-    <t>Bando di gara aperto</t>
+    <t>Bando di gara scaduto</t>
   </si>
   <si>
     <t>Dovuto</t>
   </si>
   <si>
     <t>Servizio  di trasporto di colli e frigoriferi/freezer carrellati e portatili per campioni di laboratorio</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/servizio-di-trasporto-di-colli-e-frigoriferi-freezer-carrellati-e-portatili-per-campioni-di-laboratorio</t>
   </si>
   <si>
     <t>Bandi di forniture</t>
   </si>
   <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>27/01/2026 13:00</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Procedura aperta per l'affidamento della fornitura di un sistema automatico per il monitoraggio del profilo atmosferico dei parametri meteorologici di temperatura, umidità e vento, per la fornitura del materiale di consumo e per il servizio di manutenzione del sistema</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-della-fornitura-di-un-sistema-automatico-per-il-monitoraggio-del-profilo-atmosferico-dei-parametri-meteorologici-di-temperatura-umidita-e-vento-per-la-fornitura-del-materiale-di-consumo-e-per-il-servizio-di-manutenzione</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025 20:00</t>
+  </si>
+  <si>
+    <t>Avviso di indagine di mercato ai sensi dell'art.  50 comma 1 lett. e) del D. Lgs. 36/2023 per l'affidamento della fornitura di n. 4 chassis  comprensivi di accessori di corredo per il potenziamento dell'infrastruttura informatica. Procedura finanziata "PNRR MER".</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-ai-sensi-dellart-50-comma-1-lett-e-del-d-lgs-36-2023-per-laffidamento-della-fornitura-di-n-4-chassis-comprensivi-di-accessori-di-corredo-per-il-potenziamento-dellinfrastruttura-informatica-procedura-finanziata-pnrr-mer</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025 13:00</t>
+  </si>
+  <si>
+    <t>Servizi di manutenzione e assistenza della rete regionale di monitoraggio idro meteorologica in tempo reale della regione Emilia-Romagna avente fini di protezione civile</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/servizi-di-manutenzione-e-assistenza-della-rete-regionale-di-monitoraggio-idro-meteorologica-in-tempo-reale-della-regione-emilia-romagna-avente-fini-di-protezione-civile</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:30</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato per il  servizio di ritiro, trasporto e smaltimento dei rifiuti speciali pericolosi e non prodotti dalla rete Arpae.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-il-servizio-di-ritiro-trasporto-e-smaltimento-dei-rifiuti-speciali-pericolosi-e-non-prodotti-dalla-rete-arpae</t>
+  </si>
+  <si>
+    <t>25/08/2025</t>
+  </si>
+  <si>
+    <t>12/09/2025 13:00</t>
+  </si>
+  <si>
+    <t>Avviso di indagine di mercato per l’affidamento del servizio di fotointerpretazione ai fini del Monitoraggio del Consumo di Suolo</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-per-l2019affidamento-del-servizio-di-fotointerpretazione-ai-fini-del-monitoraggio-del-consumo-di-suolo</t>
+  </si>
+  <si>
     <t>16/01/2026</t>
   </si>
   <si>
     <t>02/02/2026 13:00</t>
   </si>
   <si>
-    <t>Bando di gara scaduto</t>
-[...5 lines deleted...]
-    <t>Consultazione preliminare di mercato per l'affidamento di strumentazione  per la rete di monitoraggio della qualità dell'aria con relativa manutenzione. Aggiornamento al 29/01/2026</t>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>Esiti di gara</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato per l'affidamento di strumentazione  per la rete di monitoraggio della qualità dell'aria con relativa manutenzione. Aggiornamento al 29/01/2026. CHIUSO in data 02/02/2026</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-laffidamento-di-strumentazione-per-la-rete-di-monitoraggio-della-qualita-dellaria-con-relativa-manutenzione</t>
   </si>
   <si>
-    <t>02/12/2025</t>
-[...58 lines deleted...]
-  <si>
     <t>21/11/2025</t>
   </si>
   <si>
     <t>09/12/2025 18:00</t>
   </si>
   <si>
     <t>09/12/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Esiti di gara</t>
   </si>
   <si>
     <t>Consultazione preliminare di mercato  per realizzazione di indagini geognostiche sui depositi sedimentari marini relitti</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato</t>
   </si>
   <si>
     <t>22/09/2025</t>
   </si>
   <si>
     <t>28/10/2025 13:00</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento fornitura mediante somministrazione periodica di gas tecnici e servizi connessi per la rete laboratoristica di Arpae per una durata di 30 mesi</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-fornitura-mediante-somministrazione-periodica-di-gas-tecnici-e-servizi-connessi-per-la-rete-laboratoristica-di-arpae-per-una-durata-di-30-mesi</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
@@ -776,548 +776,548 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
         <v>39</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>40</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>49</v>
       </c>
       <c r="C10" t="s">
         <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>51</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G10" t="s">
         <v>52</v>
       </c>
       <c r="H10" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>56</v>
       </c>
       <c r="E11" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F11" t="s">
         <v>57</v>
       </c>
       <c r="G11" t="s">
         <v>58</v>
       </c>
       <c r="H11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
       <c r="C12" t="s">
         <v>61</v>
       </c>
       <c r="D12" t="s">
         <v>62</v>
       </c>
       <c r="E12" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F12" t="s">
         <v>57</v>
       </c>
       <c r="G12" t="s">
         <v>63</v>
       </c>
       <c r="H12" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" t="s">
         <v>66</v>
       </c>
       <c r="D13" t="s">
         <v>67</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F13" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G13" t="s">
         <v>68</v>
       </c>
       <c r="H13" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
       <c r="C14" t="s">
         <v>71</v>
       </c>
       <c r="D14" t="s">
         <v>72</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F14" t="s">
         <v>57</v>
       </c>
       <c r="G14" t="s">
         <v>73</v>
       </c>
       <c r="H14" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>75</v>
       </c>
       <c r="C15" t="s">
         <v>76</v>
       </c>
       <c r="D15" t="s">
         <v>77</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G15" t="s">
         <v>78</v>
       </c>
       <c r="H15" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>80</v>
       </c>
       <c r="C16" t="s">
         <v>81</v>
       </c>
       <c r="D16" t="s">
         <v>82</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F16" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G16" t="s">
         <v>83</v>
       </c>
       <c r="H16" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>85</v>
       </c>
       <c r="B17" t="s">
         <v>86</v>
       </c>
       <c r="C17" t="s">
         <v>87</v>
       </c>
       <c r="D17" t="s">
         <v>88</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G17" t="s">
         <v>89</v>
       </c>
       <c r="H17" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>91</v>
       </c>
       <c r="C18" t="s">
         <v>92</v>
       </c>
       <c r="D18" t="s">
         <v>93</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F18" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G18" t="s">
         <v>94</v>
       </c>
       <c r="H18" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>96</v>
       </c>
       <c r="C19" t="s">
         <v>97</v>
       </c>
       <c r="D19" t="s">
         <v>98</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F19" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G19" t="s">
         <v>99</v>
       </c>
       <c r="H19" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>101</v>
       </c>
       <c r="C20" t="s">
         <v>102</v>
       </c>
       <c r="D20" t="s">
         <v>103</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F20" t="s">
         <v>57</v>
       </c>
       <c r="G20" t="s">
         <v>104</v>
       </c>
       <c r="H20" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>106</v>
       </c>
       <c r="C21" t="s">
         <v>107</v>
       </c>
       <c r="D21" t="s">
         <v>108</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F21" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G21" t="s">
         <v>109</v>
       </c>
       <c r="H21" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>111</v>
       </c>
       <c r="C22" t="s">
         <v>112</v>
       </c>
       <c r="D22" t="s">
         <v>106</v>
       </c>
       <c r="E22" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F22" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G22" t="s">
         <v>113</v>
       </c>
       <c r="H22" t="s">
         <v>114</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>