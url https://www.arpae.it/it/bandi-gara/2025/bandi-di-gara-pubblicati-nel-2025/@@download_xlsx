--- v5 (2026-03-03)
+++ v6 (2026-03-24)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
@@ -89,117 +89,120 @@
   <si>
     <t>27/01/2026 13:00</t>
   </si>
   <si>
     <t>Non dovuto</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento della fornitura di un sistema automatico per il monitoraggio del profilo atmosferico dei parametri meteorologici di temperatura, umidità e vento, per la fornitura del materiale di consumo e per il servizio di manutenzione del sistema</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-della-fornitura-di-un-sistema-automatico-per-il-monitoraggio-del-profilo-atmosferico-dei-parametri-meteorologici-di-temperatura-umidita-e-vento-per-la-fornitura-del-materiale-di-consumo-e-per-il-servizio-di-manutenzione</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>26/11/2025 20:00</t>
   </si>
   <si>
     <t>Avviso di indagine di mercato ai sensi dell'art.  50 comma 1 lett. e) del D. Lgs. 36/2023 per l'affidamento della fornitura di n. 4 chassis  comprensivi di accessori di corredo per il potenziamento dell'infrastruttura informatica. Procedura finanziata "PNRR MER".</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-ai-sensi-dellart-50-comma-1-lett-e-del-d-lgs-36-2023-per-laffidamento-della-fornitura-di-n-4-chassis-comprensivi-di-accessori-di-corredo-per-il-potenziamento-dellinfrastruttura-informatica-procedura-finanziata-pnrr-mer</t>
   </si>
   <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:30</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato per il  servizio di ritiro, trasporto e smaltimento dei rifiuti speciali pericolosi e non prodotti dalla rete Arpae.</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-il-servizio-di-ritiro-trasporto-e-smaltimento-dei-rifiuti-speciali-pericolosi-e-non-prodotti-dalla-rete-arpae</t>
+  </si>
+  <si>
+    <t>25/08/2025</t>
+  </si>
+  <si>
+    <t>12/09/2025 13:00</t>
+  </si>
+  <si>
+    <t>Avviso di indagine di mercato per l’affidamento del servizio di fotointerpretazione ai fini del Monitoraggio del Consumo di Suolo</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/avviso-di-indagine-di-mercato-per-l2019affidamento-del-servizio-di-fotointerpretazione-ai-fini-del-monitoraggio-del-consumo-di-suolo</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026 13:00</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>Esiti di gara</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato per l'affidamento di strumentazione  per la rete di monitoraggio della qualità dell'aria con relativa manutenzione. Aggiornamento al 29/01/2026. CHIUSO in data 02/02/2026</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato-per-laffidamento-di-strumentazione-per-la-rete-di-monitoraggio-della-qualita-dellaria-con-relativa-manutenzione</t>
+  </si>
+  <si>
+    <t>21/11/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025 18:00</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>Consultazione preliminare di mercato  per realizzazione di indagini geognostiche sui depositi sedimentari marini relitti</t>
+  </si>
+  <si>
+    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato</t>
+  </si>
+  <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>15/12/2025 13:00</t>
   </si>
   <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
     <t>Servizi di manutenzione e assistenza della rete regionale di monitoraggio idro meteorologica in tempo reale della regione Emilia-Romagna avente fini di protezione civile</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/servizi-di-manutenzione-e-assistenza-della-rete-regionale-di-monitoraggio-idro-meteorologica-in-tempo-reale-della-regione-emilia-romagna-avente-fini-di-protezione-civile</t>
-  </si>
-[...55 lines deleted...]
-    <t>https://www.arpae.it/it/bandi-gara/2025/consultazione-preliminare-di-mercato</t>
   </si>
   <si>
     <t>22/09/2025</t>
   </si>
   <si>
     <t>28/10/2025 13:00</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>Procedura aperta per l'affidamento fornitura mediante somministrazione periodica di gas tecnici e servizi connessi per la rete laboratoristica di Arpae per una durata di 30 mesi</t>
   </si>
   <si>
     <t>https://www.arpae.it/it/bandi-gara/2025/procedura-aperta-per-laffidamento-fornitura-mediante-somministrazione-periodica-di-gas-tecnici-e-servizi-connessi-per-la-rete-laboratoristica-di-arpae-per-una-durata-di-30-mesi</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>19/08/2025 13:00</t>
   </si>
   <si>
     <t>17/12/2025</t>
   </si>
@@ -868,458 +871,458 @@
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>19</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F9" t="s">
         <v>19</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F10" t="s">
         <v>19</v>
       </c>
       <c r="G10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F13" t="s">
         <v>19</v>
       </c>
       <c r="G13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D14" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F15" t="s">
         <v>19</v>
       </c>
       <c r="G15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F16" t="s">
         <v>19</v>
       </c>
       <c r="G16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F17" t="s">
         <v>19</v>
       </c>
       <c r="G17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F18" t="s">
         <v>19</v>
       </c>
       <c r="G18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F19" t="s">
         <v>19</v>
       </c>
       <c r="G19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C20" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D20" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C21" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D21" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F21" t="s">
         <v>19</v>
       </c>
       <c r="G21" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H21" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E22" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F22" t="s">
         <v>19</v>
       </c>
       <c r="G22" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>